--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -1,7027 +1,20960 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008E22E0" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
+    <w:p w:rsidR="004B3899" w:rsidRPr="00705A37" w:rsidRDefault="00705A37" w:rsidP="004B3899">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00705A37">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009E30D9">
+        <w:t xml:space="preserve"> «Павлодар қаласының  Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1182">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="007815A8" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>КГУ «</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B3899" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Средн</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшы</w:t>
       </w:r>
-      <w:r w:rsidR="000353B7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AE14E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">яя общеобразовательная школа имени </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сының   бейндік оқыту  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B3899">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>М.Ауэзова</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B3899" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">  города</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орынбасары лауазымына конкурс жариялайды</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...105 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="390"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7540"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="3371"/>
+        <w:gridCol w:w="6485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="006A7D10" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="005E3F0C">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="006E3405">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа им.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0072717C">
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мухтара Ауэзова  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="006E3405">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00701022" w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Республика Казахстан, Павлодарская</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A0524" w:rsidRPr="003A7090">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> область,                      </w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">город </w:t>
-[...17 lines deleted...]
-              <w:t>авлодар, улица Ткачева,15</w:t>
+              <w:t>Ткачев көшесі 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="007815A8">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 62-62-86</w:t>
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>62-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="682"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="006E3405" w:rsidP="00701022">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+              <w:t>auezova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>@</w:t>
             </w:r>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="001A6D8E" w:rsidTr="006F6818">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006A7D10" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00A722F9" w:rsidP="001A6D8E">
+          <w:p w:rsidR="004B3899" w:rsidRPr="004B3899" w:rsidRDefault="004B3899" w:rsidP="004B3899">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+              <w:t xml:space="preserve">Мектеп </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B3899">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>аместител</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000353B7" w:rsidRPr="003A7090">
+              <w:t xml:space="preserve">басшысының </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ь</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B3899">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00800752" w:rsidRPr="003A7090">
+              <w:t xml:space="preserve">жөніндегі орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="007815A8" w:rsidRDefault="007815A8" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">руководителя </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> по </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00ED1B5D">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007D763A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">профильной </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00815E1D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE14E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  работе– </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001A6D8E">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006A7D10" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED1B5D" w:rsidRPr="00EB73C0" w:rsidRDefault="00ED1B5D" w:rsidP="00ED1B5D">
+          <w:p w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB73C0">
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушыларға бейіндік білім беру жүйесін енгізу жоспарын жасайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Қолданбалы және элективті курстардың мамандандырылған оқу бағдарламаларын бағдарламалық және әдістемелік қамтамасыз етуді қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Жоғары (бейінді) сыныптарды аяқтау үшін объективті негіз ретінде негізгі мектеп бітірушінің қорытынды білім рейтингін қалыптастырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Мамандандырылған оқыту, түрлі деңгейдегі бағдарламаларды енгізу бойынша білім беру ұйымының қызметін ұзақ мерзімді болжау мен жоспарлауды ұйымдастырады және талдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтардың кәсіби шеберлігін арттыру және біліктілігін арттыру мақсатында педагогикалық ұжымның қызметін үйлестіреді: оң педагогикалық тәжірибені жалпылау және тарату, мұғалімдердің әдістемелік бірлестіктерінің жұмысын ұйымдастыруда инновациялық технологияларды ұйымдастыру және сынау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әртүрлі деңгейдегі білім беру бағдарламаларын таңдауға, «мектеп-жоғары оқу орны», «мектеп-колледж-жоғары оқу орны», «колледж-жоғары оқу орны» үздіксіз білім беру жүйесінде қиылысатын оқу жоспарлары бойынша оқытуға мүмкіндік береді, оқуға кәсіби бейімділіктерін ашу. ғылымдар, одан әрі білім беруді бейіндік ету мақсатында оларды тереңдетіп оқыту үшін әртүрлі циклдердің пәндерін өз бетінше таңдау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     Жоғары, техникалық және кәсіптік білім беру ұйымдарымен бірлесіп бағдарлау жұмыстарын жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Компьютерлік сауаттылығы, ақпараттық және коммуникациялық құзыреттілігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00D57C6D" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB73C0">
-[...124 lines deleted...]
-              <w:pStyle w:val="a5"/>
+            <w:r w:rsidRPr="00375331">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>     Обеспечивает качественное и своевременное составление, достоверность и сдачу в установленном порядке отчетной документации.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     Есептік құжаттаманың сапалы және уақтылы дайындалуын, сенімділігін және белгіленген тәртіпте жеткізілуін қамтамасыз етеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006A7D10" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="000353B7">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00A816C9" w:rsidRDefault="00A816C9" w:rsidP="00707572">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">за </w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00741625">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мөлшерлемеге</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 ставку </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F95C75">
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="008E003A" w:rsidRPr="008E003A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EC64D0">
+              <w:t xml:space="preserve"> min</w:t>
+            </w:r>
+            <w:r w:rsidR="00707572">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>165564</w:t>
             </w:r>
-            <w:r w:rsidR="00F95C75">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> -</w:t>
-[...14 lines deleted...]
-                <w:bCs/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="008E003A" w:rsidRPr="008E003A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>201334</w:t>
             </w:r>
-            <w:r w:rsidR="0072717C">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="005B4E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тысяч </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> мың </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тенге</w:t>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="006A7D10" w:rsidTr="00707572">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
+            <w:r w:rsidRPr="006E3405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="005C4926" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
+          <w:p w:rsidR="00E754F0" w:rsidRPr="002D0DAF" w:rsidRDefault="00E754F0" w:rsidP="00E754F0">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C4926">
-[...5 lines deleted...]
-              <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы в организациях образования не менее 5 лет;</w:t>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе педагогикалық қайта даярлау немесе кәсіптік педагогикалық білімі болуы тиіс, еңбек өтілі 5 жылдан кем емес ;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="005C4926" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
+          <w:p w:rsidR="00E754F0" w:rsidRPr="00305535" w:rsidRDefault="00E754F0" w:rsidP="00E754F0">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C4926">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     және (немесе) білім беру ұйымының "үшінші біліктілік санатындағы басшының орынбасары" немесе "екінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілік санатындағы басшының орынбасары" немесе "бірінші біліктілік санатындағы басшының орынбасары" біліктілік санатының немесе "педагог- сарапшы» немесе «педагог – зерттеуші» немесе «педагог – шебер» біліктілігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00B506D6" w:rsidP="009E4292">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="006A7D10" w:rsidP="0049313E">
             <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21.06.2024-1.07.2024</w:t>
             </w:r>
-            <w:r w:rsidR="0010479C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="0010479C">
+            <w:r w:rsidR="00D5715E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>г.</w:t>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="006A7D10" w:rsidTr="00707572">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642A6F">
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00642A6F">
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қағидалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z267" w:history="1">
+              <w:r w:rsidRPr="00D55AEB">
                 <w:rPr>
-                  <w:rStyle w:val="a8"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>приложению 15</w:t>
+                <w:t>15-қосымшаға</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00642A6F">
-[...5 lines deleted...]
-              <w:t> к настоящим Правилам;</w:t>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>берілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсете</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...5 lines deleted...]
-              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006A7D10">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="006A7D10">
+              <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006A7D10">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rStyle w:val="a3"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006A7D10">
+              <w:rPr>
+                <w:rStyle w:val="a3"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...53 lines deleted...]
-              <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00444DDE" w:rsidP="00567708">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> с психоневрологической организации;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567708" w:rsidRDefault="00444DDE" w:rsidP="00567708">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орналасуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 60-65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> наркологической организации;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шеберлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірісте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтуден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>босатылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642A6F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12) 16-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642A6F">
-[...135 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (TOEFL) (</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>nternet</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Based Test (</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таныстыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұзақтығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>;</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төменгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ажыратымдылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 720 x 480.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="002A1C73" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
-              </w:rPr>
-[...164 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="001674FD" w:rsidRDefault="001674FD" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00130AF6" w:rsidRDefault="00130AF6" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11169" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7028"/>
-        <w:gridCol w:w="4141"/>
+        <w:gridCol w:w="6978"/>
+        <w:gridCol w:w="4191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымдарға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>лауазымдардан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">15-қосымша </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z340"/>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...87 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009024DA">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>государственный орган,</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="16"/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>объявивший конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орган</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="00567708">
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...91 lines deleted...]
-        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="00995DFE">
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...3 lines deleted...]
-          <w:color w:val="1E1E1E"/>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009024DA">
-[...6 lines deleted...]
-        <w:t>Заявление</w:t>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үміткердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995DFE" w:rsidRDefault="00567708" w:rsidP="00567708">
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009024DA">
-[...50 lines deleted...]
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995DFE" w:rsidRDefault="00567708" w:rsidP="00567708">
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009024DA">
-[...6 lines deleted...]
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009024DA">
-[...6 lines deleted...]
-        <w:t>Образование: высшее или послевузовское</w:t>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995DFE" w:rsidRPr="00995DFE" w:rsidRDefault="00995DFE" w:rsidP="00567708">
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруіңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажетінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сызыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істеймін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келесіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарлаймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10695" w:type="dxa"/>
+        <w:tblW w:w="11169" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4828"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3369"/>
+        <w:gridCol w:w="3651"/>
+        <w:gridCol w:w="2456"/>
+        <w:gridCol w:w="5062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009024DA">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009024DA">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
-        <w:tc>
-[...37 lines deleted...]
-      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диплом </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...583 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Критерии</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (беру (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>растау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="002A695B" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="002A695B" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11169" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="4141"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="006A7D10" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>16-қосымша Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1C73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1C73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1C73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10553" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="380"/>
+        <w:gridCol w:w="3958"/>
+        <w:gridCol w:w="2615"/>
+        <w:gridCol w:w="3600"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...79 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Уровень образования</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...108 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...86 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...72 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үміткерлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...114 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...86 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...79 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұрған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...78 lines deleted...]
-              <w:t>8.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Конкурсты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бетінше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекемесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...192 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" медаль </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...100 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР ОАМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">БССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...100 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...3 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="006A7D10" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...735 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...17 lines deleted...]
-              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>""TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Online Teaching for Educators: Development and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...36 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00995DFE">
-[...9 lines deleted...]
-              <w:br/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру гранты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>түлегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ауылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Серпін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыспен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жіберілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру гранты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иегерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келісім-шарты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...59 lines deleted...]
-    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+    <w:p w:rsidR="006839BA" w:rsidRPr="002A1C73" w:rsidRDefault="006839BA" w:rsidP="001674FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRPr="007A4FAB" w:rsidRDefault="00567708" w:rsidP="00567708">
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRPr="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005C4926" w:rsidRPr="005C4926" w:rsidSect="00DB5787">
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006839BA" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...12 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FB0AC1"/>
-[...67 lines deleted...]
-    <w:rsid w:val="00FB0AC1"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00016C02"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00052FD4"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F63DE"/>
+    <w:rsid w:val="000F7028"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="00130216"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00153C55"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="001674FD"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B5033"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D57CF"/>
+    <w:rsid w:val="001D7B6C"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A1C73"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D0DAF"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E2498"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003070B8"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00360F35"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="0037305C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="0039030B"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5067"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E369C"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="00430254"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="004323DA"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442077"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00470B3B"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="0049313E"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B3899"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D2777"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="004F73F5"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="00571B54"/>
+    <w:rsid w:val="00574BA0"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A0AF6"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005B4E03"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3A9F"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00634929"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="0065168F"/>
+    <w:rsid w:val="006552C9"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006839BA"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A5657"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006A7D10"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E3405"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F1A20"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00701022"/>
+    <w:rsid w:val="00705A37"/>
+    <w:rsid w:val="00707572"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741625"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007815A8"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007B7A77"/>
+    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D763A"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F4056"/>
+    <w:rsid w:val="007F417D"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00833BB8"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00856C0D"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00876678"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E003A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00955FE3"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E30D9"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A816C9"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE14E1"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B0675B"/>
+    <w:rsid w:val="00B14D61"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BA6633"/>
+    <w:rsid w:val="00BA73F0"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C7473C"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D123C0"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15644"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D5715E"/>
+    <w:rsid w:val="00D57C6D"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E319D9"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E7201E"/>
+    <w:rsid w:val="00E72CE4"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E754F0"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB4474"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED070E"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00ED5A41"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00F85F70"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB5C90"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF0EAC"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7ADF899D"/>
-  <w15:docId w15:val="{E5B06E17-E6BF-46C2-93F2-6B21B2320B7E}"/>
+  <w15:docId w15:val="{DC011F67-6145-41E5-BB07-4E6728EC0150}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7357,568 +21290,644 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB0AC1"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007F417D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00FB0AC1"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="007D1182"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="007D1182"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...44 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="654917497">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="775448987">
+    <w:div w:id="671421364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="936328936">
+    <w:div w:id="1132209507">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1047534288">
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1752696891">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1953196761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030068" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{482A4DA0-A022-4269-8CAD-1D6267CD112E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1919</Words>
-  <Characters>10944</Characters>
+  <Words>1841</Words>
+  <Characters>10497</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>87</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12838</CharactersWithSpaces>
+  <CharactersWithSpaces>12314</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>