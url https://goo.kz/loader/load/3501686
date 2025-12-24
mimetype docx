--- v0 (2025-12-05)
+++ v1 (2025-12-24)
@@ -1,8066 +1,11257 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="1ED3FEDB" w14:textId="25DAD102" w:rsidR="00321427" w:rsidRPr="00AD2C10" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="2A38E222" w14:textId="5F827559" w:rsidR="005C5EAD" w:rsidRPr="006A4C22" w:rsidRDefault="00C73E87" w:rsidP="006A4C22">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A4C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының №</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71289">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A4C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6347F69C" w14:textId="3FAE8CCC" w:rsidR="00B00AEE" w:rsidRPr="004C1566" w:rsidRDefault="006513DF" w:rsidP="004C1566">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00095F88" w:rsidRPr="006A4C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілі мен әдебиеті</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6694" w:rsidRPr="006A4C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пән</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF603C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6694" w:rsidRPr="006A4C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="001D717D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6694" w:rsidRPr="006A4C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="006A4C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4C22" w:rsidRPr="006A4C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="2737"/>
+        <w:gridCol w:w="6668"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="006513DF" w14:paraId="6CBBAF6E" w14:textId="77777777" w:rsidTr="00AE6D57">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACCAAB8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BE2BD5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A48629" w14:textId="6DA4BD98" w:rsidR="00941C6A" w:rsidRPr="00C73E87" w:rsidRDefault="00C73E87" w:rsidP="00941C6A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C73E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар білім беру </w:t>
+            </w:r>
+            <w:r w:rsidR="00941C6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бөлімінің «Павлодар қаласының №</w:t>
+            </w:r>
+            <w:r w:rsidR="006B194D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+            <w:r w:rsidR="00941C6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C73E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпы орта білім беру мектебі» КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w14:paraId="48B9F51E" w14:textId="77777777" w:rsidTr="00AE6D57">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7745F54F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E0DCB2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7F8263" w14:textId="6CAD17E2" w:rsidR="00CB6B4F" w:rsidRPr="004C1566" w:rsidRDefault="00433B26" w:rsidP="004C1566">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00433B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00941C6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00433B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B71289">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Теміржолшылар кенті, Центральная 68/2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w14:paraId="26CD1A99" w14:textId="77777777" w:rsidTr="00AE6D57">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="20FD61FB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33A4AB1B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F450B3E" w14:textId="615742FE" w:rsidR="00CB6B4F" w:rsidRPr="00B71289" w:rsidRDefault="00B71289" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>778680405</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE6D57" w:rsidRPr="00433B26" w14:paraId="21A62A74" w14:textId="77777777" w:rsidTr="00AE6D57">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="25822797" w14:textId="77777777" w:rsidR="00AE6D57" w:rsidRPr="00BA4B1E" w:rsidRDefault="00AE6D57" w:rsidP="00AE6D57">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3594B0" w14:textId="77777777" w:rsidR="00AE6D57" w:rsidRPr="00BA4B1E" w:rsidRDefault="00AE6D57" w:rsidP="00AE6D57">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B95ECB1" w14:textId="57A5DD97" w:rsidR="00AE6D57" w:rsidRPr="00256262" w:rsidRDefault="00B71289" w:rsidP="00AE6D57">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>sosh46.pvl@yandex.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE6D57" w:rsidRPr="006513DF" w14:paraId="56C47391" w14:textId="77777777" w:rsidTr="00AE6D57">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB76A0C" w14:textId="77777777" w:rsidR="00AE6D57" w:rsidRPr="00BA4B1E" w:rsidRDefault="00AE6D57" w:rsidP="00AE6D57">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6C3A41" w14:textId="77777777" w:rsidR="00AE6D57" w:rsidRPr="00BA4B1E" w:rsidRDefault="00AE6D57" w:rsidP="00AE6D57">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C03BF09" w14:textId="06D5689A" w:rsidR="00AE6D57" w:rsidRPr="00B71289" w:rsidRDefault="006513DF" w:rsidP="005C5EAD">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:r w:rsidR="00095F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі мен әдебиеті</w:t>
+            </w:r>
+            <w:r w:rsidR="00347EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE6D57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="006B194D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00B71289">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006513DF" w14:paraId="072A69C7" w14:textId="77777777" w:rsidTr="00AE6D57">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="49925D76" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F186544" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F19CAC" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11144A74" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5279010E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006513DF" w14:paraId="203749D5" w14:textId="77777777" w:rsidTr="00AE6D57">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0128BC28" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C6FB3D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A1092E" w14:textId="77777777" w:rsidR="00AE6D57" w:rsidRPr="00AE6D57" w:rsidRDefault="00AE6D57" w:rsidP="00AE6D57">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE6D57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25D96653" w14:textId="6BB2023B" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00AE6D57">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="006513DF" w14:paraId="550F1CC6" w14:textId="77777777" w:rsidTr="00AE6D57">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04183564" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC4FBF8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33032D3D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEB5654" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00C75E82" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E5B8DD6" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00C75E82" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әне (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="095D22DD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C75E82" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>едагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог-зерттеуші кемінде 4 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w14:paraId="208A3C1A" w14:textId="77777777" w:rsidTr="00AE6D57">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCFC361" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="208725D9" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC3C5DA" w14:textId="533B3D0E" w:rsidR="00B1578A" w:rsidRPr="006513DF" w:rsidRDefault="00D6302B" w:rsidP="005C6694">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D6302B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01.07.2024-09.07.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="006513DF" w14:paraId="7C6943FB" w14:textId="77777777" w:rsidTr="00AE6D57">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72306751" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45F87F45" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="693742D2" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="080B5A71" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="369966F6" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="360FB0E7" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="130256FA" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BCF6C1E" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F7396B0" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5068A4F8" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="598D9F6D" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2929F091" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48FEA798" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C703F8B" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2942A2B8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00050090" w:rsidP="00050090">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6D61FDE6" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63565B5C" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02FBCD8A" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1108D6F1" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B2A8AB0" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A172FB8" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="768E7F01" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53AB4F69" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E124755" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E478010" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2808CD24" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B2A40F" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="044CC651" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1060D670" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E0F4553" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AE37BA9" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="640BDBA2" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35F5BC81" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F4D74DC" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4988E726" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241884BB" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="750908C2" w14:textId="77777777" w:rsidR="006513DF" w:rsidRDefault="006513DF" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DE444ED" w14:textId="77777777" w:rsidR="006513DF" w:rsidRDefault="006513DF" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BA8D14C" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="767248DE" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19625AF2" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D47B7C6" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидаттың Т.А.Ә. (болған жағдайда), ЖСН  ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73621A2B" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (лауазымы, жұмыс орны)  ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1592CB8D" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B97914D" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AE0FD7" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70A26EEA" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD2C10">
+      <w:bookmarkStart w:id="0" w:name="z229"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № </w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
-      <w:r w:rsidR="003C4D34">
+    </w:p>
+    <w:p w14:paraId="2285EF9C" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0745FD08" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>46</w:t>
+        <w:t>      Мені бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD2C10">
+    </w:p>
+    <w:p w14:paraId="2308C8B7" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2308DFC9" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD38F2">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">на </w:t>
+        <w:t xml:space="preserve"> білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала / ауыл) </w:t>
       </w:r>
-      <w:r w:rsidR="00AD2C10" w:rsidRPr="00CD38F2">
+    </w:p>
+    <w:p w14:paraId="267DEA8D" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">вакантную </w:t>
+        <w:t xml:space="preserve">       Қазіргі уақытта жұмыс істеймін </w:t>
       </w:r>
-      <w:r w:rsidR="008C4E33" w:rsidRPr="00CD38F2">
+    </w:p>
+    <w:p w14:paraId="479BF678" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">должность </w:t>
+        <w:t xml:space="preserve"> ___________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD38F2">
+    </w:p>
+    <w:p w14:paraId="454B2BDD" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">учителя </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B4745E" w:rsidRPr="00CD38F2">
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">русского языка и литературы </w:t>
+        <w:t>      лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78560705" w14:textId="77777777" w:rsidR="00321427" w:rsidRPr="00AD2C10" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="6FDEA80E" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BE21B12" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C35504A" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6455FD0C" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...2542 lines deleted...]
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10164"/>
-        <w:gridCol w:w="222"/>
+        <w:gridCol w:w="3574"/>
+        <w:gridCol w:w="2567"/>
+        <w:gridCol w:w="3655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00AD2C10" w14:paraId="20F561AD" w14:textId="77777777" w:rsidTr="00A25845">
+      <w:tr w:rsidR="004C1566" w14:paraId="2BAC1BA7" w14:textId="77777777" w:rsidTr="004C1566">
         <w:trPr>
-          <w:trHeight w:val="6237"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:tbl>
-[...335 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="51D9B137" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...4584 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07A44402" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
-[...359 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="27706E7D" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4B6D48" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C1566" w14:paraId="7224488A" w14:textId="77777777" w:rsidTr="004C1566">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04ADADDD" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15F3A2BF" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB73A5A" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="164654AE" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="232B63B7" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="529D286A" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00B0EA97" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00AD2C10" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+    <w:p w14:paraId="74FFD4C2" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159215C8" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (берген (растаған) күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205A6483" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Педагогикалық жұмыс өтілі:________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Келесі жұмыс нәтижелерім бар:_____________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (болған жағдайда) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CEBAAC" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="00AD2C10" w:rsidSect="004630DD">
+    <w:p w14:paraId="03DC4476" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20_____ жылғы «____»_______________                ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     (қолы)                                                                                                                                                                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343B0C87" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="585C7095" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D57E04A" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F4460C1" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D40BF47" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17F6E79A" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="761FCC7E" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF4FDE7" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DBD51C6" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02F6DE05" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B00510" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22BF06D7" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1576304A" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7227339D" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64F3F8BB" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567" w:rsidP="00493567">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050090">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9A10F2" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567" w:rsidP="00493567">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050090">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77890D25" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567" w:rsidP="00493567">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050090">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="3827"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00493567" w14:paraId="5194C1C6" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCA40BF" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D22C669" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A22A0FB" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D869A52" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FDB0D29" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w:rsidRPr="006513DF" w14:paraId="1C953A92" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52DAA7A3" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="295E08D5" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1785AD72" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5BAEA0" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E472384" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A2A4E4E" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="340AC786" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w14:paraId="6FE205A4" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23F4B32E" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8AB1C4" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Ғылыми/академиялық дәрежесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD2A609" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48388E98" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CC34991" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AEA0C2E" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w14:paraId="71E33A96" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CFF68FA" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6B1728" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үміткерлер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10645FA8" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75B668E6" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Педагог" біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w14:paraId="2A80A3FD" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="354B7039" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1D0B8E" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Біліктілік санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3751200D" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жеке куәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4767EB" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Екінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="546A6A00" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="117174B8" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="006B194D" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B194D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B194D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48976DD7" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="745DB761" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A51021E" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20CB18BC" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="006573A8" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w:rsidRPr="006513DF" w14:paraId="6C9A2550" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="241FE386" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76685183" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0BF385" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>да</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="348A0292" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D9158EE" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C0D7DA6" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w14:paraId="7F4ADF23" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7096705C" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="566174D4" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алғаш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұрған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73CBC925" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF0925D" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="072BF8CB" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF432BA" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"жақсы" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w:rsidRPr="006513DF" w14:paraId="66C3EC44" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="765F2C2F" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2F0B9F" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73DDB909" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бетінше</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекемесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C108C27" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DD6DA3" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w:rsidRPr="006513DF" w14:paraId="4A833A6B" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="054BD5AE" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49513A0B" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кәсіби жетістіктерінің көрсеткіштері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2C9CED" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="668CFD46" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49DD43B7" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="487BA2CA" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A20FB05" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E4ACE46" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46D83D01" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70A926A7" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="243CC5F6" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>медаль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w14:paraId="0C7F94CC" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="276502B9" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6926439A" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFC6753" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D14C913" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚР ОАМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4172A35C" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65F1E8DF" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w14:paraId="17E83584" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="157C0B29" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52C4EE73" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67FC8159" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFB2FC9" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B6526E9" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ӘБ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="629279E8" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Екі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285B9B24" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D5B7018" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w14:paraId="75B2D722" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4259D8E7" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE2E87E" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFDE3B2" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1914E6CD" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51E716B8" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="295F7F4A" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA309AE" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CB74336" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D9A30C7" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe Zertifikat, "Python </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F4E2B0A" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74D61C49" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55080DE3" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31099090" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56FBA8A5" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F81B4F6" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E07EDDF" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="113D802C" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F6ACAB5" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>""TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EEF80D5" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="052E479F" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B7E42E0" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D87A59" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CDA5C2F" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="500F4539" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74DF86DA" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E454FA8" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="040DC09E" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EA3260C" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73F75A1F" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73494734" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D3D7E1D" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1C11DA" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EE5A094" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A4E1312" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="503E9A6A" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CB6BE89" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59B84211" w14:textId="77777777" w:rsidR="00493567" w:rsidRPr="00050090" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CCB7E24" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w14:paraId="05AE76AD" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68F42C0F" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4B2D43" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гранты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>түлегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дипломмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ауылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>!", "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Серпін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламаларының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысушысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жұмыспен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жіберілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3114602C" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гранты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иегерінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>келісім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050090">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75BA4322" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493567" w14:paraId="77A81016" w14:textId="77777777" w:rsidTr="00493567">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3586" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="110B8020" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="013F04B9" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69A4F06A" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="057E11C9" w14:textId="77777777" w:rsidR="00493567" w:rsidRDefault="00493567" w:rsidP="00493567">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="507CEDD0" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="001B695E" w:rsidRDefault="00452A41" w:rsidP="00493567">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00452A41" w:rsidRPr="001B695E" w:rsidSect="007524EC">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -8080,50 +11271,57 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -8411,54 +11609,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F1137A4"/>
+    <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0B694EA"/>
-    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8729,814 +11927,770 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="365175429">
+  <w:num w:numId="1" w16cid:durableId="536434187">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1227885471">
+  <w:num w:numId="2" w16cid:durableId="1405299931">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="726953141">
+  <w:num w:numId="3" w16cid:durableId="826214479">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="675378987">
+  <w:num w:numId="4" w16cid:durableId="1785076253">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="301735401">
+  <w:num w:numId="5" w16cid:durableId="102236457">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="634413543">
+  <w:num w:numId="6" w16cid:durableId="153420951">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
-    <w:rsid w:val="00014144"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="00050090"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00095F88"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E1AF7"/>
     <w:rsid w:val="000E42D5"/>
-    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
-    <w:rsid w:val="00157519"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
-    <w:rsid w:val="0019603D"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
-    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D717D"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002027BF"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
-    <w:rsid w:val="00204937"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="00232983"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
-    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
-    <w:rsid w:val="002644E7"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
-    <w:rsid w:val="00283851"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="00285676"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
-    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="00347EC7"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
-    <w:rsid w:val="003810A2"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="00381255"/>
-    <w:rsid w:val="0038137B"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
-    <w:rsid w:val="003B1FA5"/>
-    <w:rsid w:val="003B3594"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C286F"/>
-    <w:rsid w:val="003C4D34"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00417F04"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
-    <w:rsid w:val="00431448"/>
     <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00433B26"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
-    <w:rsid w:val="004562D6"/>
     <w:rsid w:val="00456CEA"/>
-    <w:rsid w:val="004630DD"/>
     <w:rsid w:val="0046481C"/>
-    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
-    <w:rsid w:val="00485A80"/>
     <w:rsid w:val="00491B89"/>
-    <w:rsid w:val="004942FF"/>
+    <w:rsid w:val="00493567"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
-    <w:rsid w:val="004C1F73"/>
-    <w:rsid w:val="004D07D1"/>
+    <w:rsid w:val="004C1566"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F1095"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="00500678"/>
+    <w:rsid w:val="004F72A0"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00544A62"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
-    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
-    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
-    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
-    <w:rsid w:val="005C6D30"/>
+    <w:rsid w:val="005C5EAD"/>
+    <w:rsid w:val="005C6694"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
-    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="00624E65"/>
+    <w:rsid w:val="006244C5"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006315C4"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006513DF"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="006573A8"/>
     <w:rsid w:val="00661FAB"/>
-    <w:rsid w:val="00662BE7"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
-    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="0068759C"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A4C22"/>
     <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006B194D"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="007524EC"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
-    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
-    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00870218"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
-    <w:rsid w:val="008B5892"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C4E33"/>
-    <w:rsid w:val="008C6FEA"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="009041EE"/>
+    <w:rsid w:val="0091238A"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00921E5F"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00941C6A"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
-    <w:rsid w:val="009E5C71"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F3237"/>
+    <w:rsid w:val="009F2EC7"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A0497F"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A123BA"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A25845"/>
-    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A86AD2"/>
     <w:rsid w:val="00A90563"/>
-    <w:rsid w:val="00A92BB1"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB2719"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD2C10"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE6D57"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B4745E"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B71289"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
-    <w:rsid w:val="00B838E8"/>
     <w:rsid w:val="00B86124"/>
-    <w:rsid w:val="00B86A53"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA2959"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB1452"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF603C"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
-    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C73E87"/>
+    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC0DF8"/>
-    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD38F2"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
-    <w:rsid w:val="00D14A76"/>
-    <w:rsid w:val="00D14B7E"/>
     <w:rsid w:val="00D14EC4"/>
-    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
-    <w:rsid w:val="00D22A79"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D3023D"/>
+    <w:rsid w:val="00D23368"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D6302B"/>
+    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D94AAB"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB5EA7"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
-    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EA6E61"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
-    <w:rsid w:val="00EE6667"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
-    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F52B7E"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
-    <w:rsid w:val="00F97C1C"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB348D"/>
-    <w:rsid w:val="00FB5986"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD77B4"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
-    <w:rsid w:val="00FF5C5B"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1DB6E59D"/>
-  <w15:docId w15:val="{6C922922-9DA0-49BF-AB8E-58BEB54CE718}"/>
+  <w14:docId w14:val="0F8C813B"/>
+  <w15:docId w15:val="{7692A374-773E-4048-94BE-B71D0538C700}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9894,51 +13048,69 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00485A80"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4C22"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -10035,83 +13207,136 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006A4C22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="552690955">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1033849679">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1511798635">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -10383,78 +13608,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1120FC3C-9A56-4BAE-A695-D769B7095044}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6469A783-FC41-4565-A820-9F9CEB012BF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1723</Words>
-  <Characters>9822</Characters>
+  <Words>1587</Words>
+  <Characters>9050</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11522</CharactersWithSpaces>
+  <CharactersWithSpaces>10616</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>