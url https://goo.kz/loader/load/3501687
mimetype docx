--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -1,14699 +1,8123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="2A38E222" w14:textId="5F827559" w:rsidR="005C5EAD" w:rsidRPr="006A4C22" w:rsidRDefault="00C73E87" w:rsidP="006A4C22">
+    <w:p w14:paraId="1ED3FEDB" w14:textId="25DAD102" w:rsidR="00321427" w:rsidRPr="00AD2C10" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A4C22">
+      <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының №</w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № </w:t>
       </w:r>
-      <w:r w:rsidR="00B71289">
+      <w:r w:rsidR="003C4D34">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>46</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A4C22">
+      <w:r w:rsidRPr="00AD2C10">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ</w:t>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6347F69C" w14:textId="03398444" w:rsidR="00B00AEE" w:rsidRPr="004C1566" w:rsidRDefault="00C85E14" w:rsidP="004C1566">
+    <w:p w14:paraId="45E4DF44" w14:textId="1A95DE07" w:rsidR="003E3EEA" w:rsidRPr="00CD38F2" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CD38F2">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t>химия</w:t>
+        <w:t xml:space="preserve">на </w:t>
       </w:r>
-      <w:r w:rsidR="005C6694" w:rsidRPr="006A4C22">
+      <w:r w:rsidR="00AD2C10" w:rsidRPr="00CD38F2">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пән</w:t>
+        <w:t xml:space="preserve">вакантную </w:t>
       </w:r>
-      <w:r w:rsidR="00BF603C">
+      <w:r w:rsidR="008C4E33" w:rsidRPr="00CD38F2">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t>і</w:t>
+        <w:t xml:space="preserve">должность </w:t>
       </w:r>
-      <w:r w:rsidR="005C6694" w:rsidRPr="006A4C22">
+      <w:r w:rsidRPr="00CD38F2">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мұғалімі</w:t>
+        <w:t xml:space="preserve">учителя </w:t>
       </w:r>
-      <w:r w:rsidR="001D717D">
+      <w:r w:rsidR="00AF5BB6">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t>не</w:t>
+        <w:t>химии</w:t>
       </w:r>
-      <w:r w:rsidR="005C6694" w:rsidRPr="006A4C22">
+      <w:r w:rsidR="00B4745E" w:rsidRPr="00CD38F2">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="78560705" w14:textId="77777777" w:rsidR="00321427" w:rsidRPr="00AD2C10" w:rsidRDefault="00321427" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="506"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6668"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7539"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00C85E14" w14:paraId="6CBBAF6E" w14:textId="77777777" w:rsidTr="00AE6D57">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="2A8582F8" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACCAAB8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="17584A6C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78BE2BD5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="312BD199" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6668" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32A48629" w14:textId="6DA4BD98" w:rsidR="00941C6A" w:rsidRPr="00C73E87" w:rsidRDefault="00C73E87" w:rsidP="00941C6A">
-[...36 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="7914B58B" w14:textId="74C4F993" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00DF7B58" w:rsidP="00AD2C10">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r w:rsidR="003C4D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
-            <w:r w:rsidR="00941C6A">
-[...17 lines deleted...]
-              <w:t>жалпы орта білім беру мектебі» КММ</w:t>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w14:paraId="48B9F51E" w14:textId="77777777" w:rsidTr="00AE6D57">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="78B888C9" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7745F54F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5EFE261B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51E0DCB2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5708B49F" w14:textId="77777777" w:rsidR="00AD2C10" w:rsidRPr="00AD2C10" w:rsidRDefault="004C1F73" w:rsidP="00AD2C10">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождени</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">е, почтовый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6668" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7F8263" w14:textId="6CAD17E2" w:rsidR="00CB6B4F" w:rsidRPr="004C1566" w:rsidRDefault="00433B26" w:rsidP="004C1566">
-[...140 lines deleted...]
-          <w:p w14:paraId="4F450B3E" w14:textId="615742FE" w:rsidR="00CB6B4F" w:rsidRPr="00B71289" w:rsidRDefault="00B71289" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="0406174D" w14:textId="3F2EEEC4" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00562901" w:rsidP="00AD2C10">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14001</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                     город Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidR="003810A2" w:rsidRPr="006B2217">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>поселок Железнодорожников, улица Центральная 68/2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="09359F5C" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5A64807A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA1B317" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42607357" w14:textId="0923BE23" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="003810A2" w:rsidP="00D15818">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>778680405</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87083022033</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE6D57" w:rsidRPr="00433B26" w14:paraId="21A62A74" w14:textId="77777777" w:rsidTr="00AE6D57">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="1EFBD129" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="25822797" w14:textId="77777777" w:rsidR="00AE6D57" w:rsidRPr="00BA4B1E" w:rsidRDefault="00AE6D57" w:rsidP="00AE6D57">
+          <w:p w14:paraId="692F3C39" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3594B0" w14:textId="77777777" w:rsidR="00AE6D57" w:rsidRPr="00BA4B1E" w:rsidRDefault="00AE6D57" w:rsidP="00AE6D57">
+          <w:p w14:paraId="54265290" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="004C1F73" w:rsidP="00AD2C10">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6668" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B95ECB1" w14:textId="57A5DD97" w:rsidR="00AE6D57" w:rsidRPr="00256262" w:rsidRDefault="00B71289" w:rsidP="00AE6D57">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="5D3A41D1" w14:textId="4A2278FE" w:rsidR="00CB6B4F" w:rsidRPr="00CD38F2" w:rsidRDefault="003810A2" w:rsidP="00321427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>sosh46.pvl@yandex.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE6D57" w:rsidRPr="00C85E14" w14:paraId="56C47391" w14:textId="77777777" w:rsidTr="00AE6D57">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="59DA07FA" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB76A0C" w14:textId="77777777" w:rsidR="00AE6D57" w:rsidRPr="00BA4B1E" w:rsidRDefault="00AE6D57" w:rsidP="00AE6D57">
+          <w:p w14:paraId="3D93CA64" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6C3A41" w14:textId="77777777" w:rsidR="00AE6D57" w:rsidRPr="00BA4B1E" w:rsidRDefault="00AE6D57" w:rsidP="00AE6D57">
+          <w:p w14:paraId="69C83684" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6668" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C03BF09" w14:textId="059C2EFF" w:rsidR="00AE6D57" w:rsidRPr="00B71289" w:rsidRDefault="00C85E14" w:rsidP="005C5EAD">
+          <w:p w14:paraId="40E05E23" w14:textId="0CF2293D" w:rsidR="006E796D" w:rsidRPr="00AD2C10" w:rsidRDefault="006E796D" w:rsidP="00D15818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5BB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>химии</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2C10" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  с русским </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком обучения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A884C0A" w14:textId="6D7FDAE5" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="00AF5BB6" w:rsidP="00D15818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> сағат</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4 часа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00C85E14" w14:paraId="072A69C7" w14:textId="77777777" w:rsidTr="00AE6D57">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="4F3D3D06" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="49925D76" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="1C70F4D6" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F186544" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="346D889D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6668" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35F19CAC" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w14:paraId="691EC4D3" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="11144A74" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C71D207" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="5279010E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15934EA8" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00C85E14" w14:paraId="203749D5" w14:textId="77777777" w:rsidTr="00AE6D57">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AF5BB6" w14:paraId="50F4B26B" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0128BC28" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="7B5AFFA5" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12C6FB3D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="6D0E4F6E" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6668" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A1092E" w14:textId="77777777" w:rsidR="00AE6D57" w:rsidRPr="00AE6D57" w:rsidRDefault="00AE6D57" w:rsidP="00AE6D57">
+          <w:p w14:paraId="590A1DC7" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="25D96653" w14:textId="6BB2023B" w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00AE6D57">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74254E01" w14:textId="018C14C9" w:rsidR="004F2A50" w:rsidRPr="002644E7" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специ</w:t>
+            </w:r>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>альное образование( min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="008B5892">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5BB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (за ставку)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="562E8016" w14:textId="73128EBE" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="008B5892">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее образование (min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="008B5892">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5BB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (за ставку)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00C85E14" w14:paraId="550F1CC6" w14:textId="77777777" w:rsidTr="00AE6D57">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="46F7FDF6" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04183564" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="566D9853" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC4FBF8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="45797FBE" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00AD2C10" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="33032D3D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="612682D3" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6668" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEB5654" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00C75E82" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+          <w:p w14:paraId="1D75BA96" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...107 lines deleted...]
-          <w:p w14:paraId="2E5B8DD6" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00C75E82" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4883CF7A" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...52 lines deleted...]
-          <w:p w14:paraId="095D22DD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C75E82" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03BB6400" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...49 lines deleted...]
-              <w:t>педагог-зерттеуші кемінде 4 жыл.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>га-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w14:paraId="208A3C1A" w14:textId="77777777" w:rsidTr="00AE6D57">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="2E49A783" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCFC361" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="32D6956B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="208725D9" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+          <w:p w14:paraId="6D2EF58C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6668" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC3C5DA" w14:textId="533B3D0E" w:rsidR="00B1578A" w:rsidRPr="006513DF" w:rsidRDefault="00D6302B" w:rsidP="005C6694">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="3D8EE73B" w14:textId="3AD7CFC8" w:rsidR="00B1578A" w:rsidRPr="00B86A53" w:rsidRDefault="00204937" w:rsidP="00FF5C5B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>01.07.2024-09.07.2024</w:t>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5BB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00204937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024-09.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5BB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00204937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00C85E14" w14:paraId="7C6943FB" w14:textId="77777777" w:rsidTr="00AE6D57">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="1AE3C80C" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72306751" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+          <w:p w14:paraId="5AAC27B4" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45F87F45" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="197BF970" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6668" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="693742D2" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
-            <w:pPr>
+          <w:p w14:paraId="441CF762" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="009D4B23">
-[...190 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...13 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="264B3F33" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...220 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FC43DC7" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...117 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...198 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1682C241" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...203 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...79 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3162EB9D" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...119 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AF5C21F" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...439 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>денсаулық</w:t>
-[...76 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:r w:rsidRPr="009D4B23">
-[...11 lines deleted...]
-            <w:pPr>
+          </w:p>
+          <w:p w14:paraId="0125022C" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>психоневрологиялық</w:t>
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>) справкус психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5068A4F8" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
-            <w:pPr>
+          <w:p w14:paraId="03D0FC79" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>наркологиялық</w:t>
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="598D9F6D" w14:textId="77777777" w:rsidR="00050090" w:rsidRPr="009D4B23" w:rsidRDefault="00050090" w:rsidP="00050090">
-            <w:pPr>
+          <w:p w14:paraId="03726110" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сертификаттаудан</w:t>
-[...332 lines deleted...]
-            <w:pPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56025D23" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="00470938" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">10) </w:t>
             </w:r>
-            <w:r w:rsidRPr="009D4B23">
-[...33 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidR="0019603D" w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для кандидатов на занятие должности педагогов английского</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33BBFCBB" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...30 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>языка сертификат о результатах сертификации с пороговым</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DDB615B" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...30 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уровнем не менее 90% по предмету или удостоверение о наличии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7432CE93" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационной категории педагога-модератора или педагога-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C2BDA88" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эксперта, или педагога-исследователя, или педагога-мастера (при</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="196B7A6F" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>илисертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (Certificate in English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B44C4CC" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="283EA319" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0603B985" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>илитойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>BT)) – 60 – 65</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57F0E913" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="502A5BDD" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11) педагоги, приступившие к педагогической деятельности в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0412FE96" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организации технического и профессионального, послесреднего</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67BD770A" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образования на должности педагогов по специальным дисциплинам и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A8C9D76" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мастеров производственного обучения, имеющие стаж работы на</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F81A81C" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>производстве по соответствующей специальности или профилю не</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C1B17C3" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="566B424B" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заполненный Оценочный лист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидата на вакантную или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BDB28C3" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51B7A1CC" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>приложению 11;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC6EAC0" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">13) </w:t>
             </w:r>
-            <w:r w:rsidRPr="009D4B23">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>видеопрезентация для кандидата без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="462880D8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бейнепрезентациясы</w:t>
-[...41 lines deleted...]
-              <w:t>;</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 15 минут, с минимальным разрешением – 720 x 480;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D61FDE6" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="2F7E2537" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63565B5C" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="156672F1" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02FBCD8A" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="165457BA" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1108D6F1" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="3CB63BAF" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B2A8AB0" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="361C7C7F" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A172FB8" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="7DE0D865" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="768E7F01" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="35DA86BD" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53AB4F69" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="1B6FD7CE" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E124755" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="2CB6B6D4" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E478010" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="7890B74F" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2808CD24" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="62D538CC" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74B2A40F" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="28F0E7EA" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="044CC651" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="3CFDD4E0" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1060D670" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="70DC592F" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E0F4553" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:p w14:paraId="505648AC" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AE37BA9" w14:textId="77777777" w:rsidR="00050090" w:rsidRDefault="00050090" w:rsidP="004C1566">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10164"/>
+        <w:gridCol w:w="222"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00AD2C10" w14:paraId="20F561AD" w14:textId="77777777" w:rsidTr="00A25845">
+        <w:trPr>
+          <w:trHeight w:val="6237"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="5803"/>
+              <w:gridCol w:w="4145"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="00AF0289" w14:paraId="240C786E" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:tblCellSpacing w:w="0" w:type="auto"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="192EDE35" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="360F4410" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="02B2E51F" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Приложение 10</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>к Правилам назначения</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>на должности, освобождения</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>от должностей первых</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>руководителей и педагогов</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>государственных организаций</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>образования</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="00AF0289" w14:paraId="4264ADC0" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:tblCellSpacing w:w="0" w:type="auto"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0D74E736" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="58D6C587" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Форма</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="00AF0289" w14:paraId="6F4FEE4D" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:tblCellSpacing w:w="0" w:type="auto"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="2B6A7332" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="2DD213D7" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>____________________________</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>государственный орган,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>объявивший конкурс</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="6875FFF3" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z472"/>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>      ______________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="11E8F069" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                              Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="305BAB89" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>__________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47D073DF" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                              (должность, место работы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22FA0855" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>__________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D1E61F1" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>__________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41A05C2D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FFD0D7A" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z473"/>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Заявление</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69FAE712" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z474"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">должности </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(нужное подчеркнуть) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="597F9101" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DEAA9AF" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>В настоящее время работаю ________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7C5BA3" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               должность, наименование организации, адрес (область, район, город\село)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03D47DD8" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Сообщаю о себе следующие сведения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09EC843D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5199D78C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9823" w:type="dxa"/>
+              <w:tblInd w:w="115" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3302"/>
+              <w:gridCol w:w="2977"/>
+              <w:gridCol w:w="3544"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="00AF0289" w14:paraId="4B97E771" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3302" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="15EF0954" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:bookmarkStart w:id="3" w:name="z475"/>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Наименование учебного заведения</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:bookmarkEnd w:id="3"/>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0E458B79" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Период обучения</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3544" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1D045E07" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Специальность по диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="00AF0289" w14:paraId="4F0B6C5B" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3302" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1D96BD09" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3ADEB3B9" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0CA1958E" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2DF317CB" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3544" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="61E48ADB" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="17AFD1AC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="0448B3BB" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z483"/>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Наличие квалификационной категории </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(дата присвоения (подтверждения):</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="7423CA26" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>__________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C0EFD02" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Стаж педагогической работы: ________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="060CEA1B" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Имею следующие результаты работы: _________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="387DC003" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B3C0164" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>а также дополнительные сведения (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="580E2C0C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>__________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="6253"/>
+              <w:gridCol w:w="3695"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="00AF0289" w14:paraId="6E2AFEE2" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:tblCellSpacing w:w="0" w:type="auto"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="32BCB694" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0289">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0CB52D07" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1D8D102E" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="47B275C0" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="245C13B4" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7B6CA8C5" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1293793E" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3E9EF3C0" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="72F9D760" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="75C87AC7" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="271B1CB4" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5628FB55" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7D3ED2D4" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="0281054A" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AB48BA0" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="003B3594" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B5D4541" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="003B3594" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7436AE12" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="003B3594" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70C0D243" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="003B3594" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="304F3992" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="003B3594" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6058CC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3594">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D3B843F" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F4D1B36" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оценочный лист кандидата на вакантную или временно вакантную</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C19B48C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="00AF0289" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>должность педагога</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51300EBD" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BB2451F" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="411295A5" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="5000" w:type="pct"/>
+              <w:tblCellMar>
+                <w:top w:w="15" w:type="dxa"/>
+                <w:left w:w="15" w:type="dxa"/>
+                <w:bottom w:w="15" w:type="dxa"/>
+                <w:right w:w="15" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="543"/>
+              <w:gridCol w:w="2802"/>
+              <w:gridCol w:w="2821"/>
+              <w:gridCol w:w="3766"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="6472446E" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0103BD8D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>№</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="078B7F33" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Критерии</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0D9B8B1E" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Подтверждающий документ</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="2334B6BC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Кол-во баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3853084D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>(от 1 до 20)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="04FD1F50" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0EB81904" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>1.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="47A454E4" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Уровень образования</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="06598FA4" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="34E82DC4" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Техническое и профессиональное = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4A3091F8" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Высшее очное = 2 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="445CA1CC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Высшее очное с отличием = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="30B7EC9F" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Магистр = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1AFD5D9D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="5AFE7E9F" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="7DA6FA47" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>2.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="09DC7B2B" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Ученая/академическая степень</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6A6DE062" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1445FF8C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>PHD-доктор = 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5C695F92" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Доктор наук = 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="51844957" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Кандидат наук = 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="039624BF" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="704C88CE" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>3.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="43292805" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1CF111EC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Сертификат</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="674956DC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="00475460" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="320C594D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>4.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1ECAB55E" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Квалификационная категория</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="619C9B2E" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Удостоверение, иной документ</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="4FFA3137" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>2 категория = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4C3EEE56" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>1 категория = 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="254A2D8A" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Высшая категория = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="29C1C7DF" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Педагог-модератор = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0A1D8D75" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Педагог-эксперт = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2AC87402" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Педагог-исследователь = 7 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="67173489" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Педагог-мастер = 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="63F59FE6" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="4B7C89DE" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>5.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="03C1DCD3" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Опыт административной и методической деятельности</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="3F413DFB" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="44F389EB" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4DFEDE01" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="459799D7" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="45201B03" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="61042FBE" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>6.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="78A86928" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Для педагогов, впервые поступающих на работу</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6FD71B44" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Приложение к диплому об образовании</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="2A3DE3BC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="235669A8" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>"хорошо" = 0,5 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="613A9E45" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="7BB918C7" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>7.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="06F89091" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="08CED156" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="01418EBD" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4B0D8881" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="4AD9CDFF" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="20D6A778" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>8.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="65E3575F" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Показатели профессиональных достижений</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="5D9BBADD" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3A5CAAF2" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1016C6A8" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>- государственная награда</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="54CFCC1C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="42D62709" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>научных проектов = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2CA46E72" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3B2DCDA7" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="67374905" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4EF93E59" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="0C7C80A4" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="20C09E88" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>9.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="188E9AA8" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Методическая деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="31CFCAF1" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>-авторские работы и публикации</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0BA943F7" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="77A107FC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="77BC43A8" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="3DBBCF32" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1F5FC9C1" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>10.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="38CBB11A" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Общественно-педагогическая деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="795610ED" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="75D4562C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>наставник = 0,5 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6DFABC69" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>руководство МО = 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="471AEDAC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6F1CBE1E" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3CB66E8C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="4C2445E1" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="69087EF0" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>11.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="05FAABDC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Курсовая подготовка</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="7C9FD542" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>- сертификаты предметной подготовки;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1AC549FA" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>- сертификат на цифровую грамотность,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1DB3BF2F" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>КАЗТЕСТ,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="13BA2CDE" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>IELTS;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6857FC5D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>TOEFL;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="12797313" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>DELF;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="584059F8" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>GoetheZertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="37C87688" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Курсера</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2078076A" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Международные курсы:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="37C13657" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>TEFL Cambridge</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0A4E705D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>"CELTA</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7E396192" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7A610A4F" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="77D564AB" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5083EA95" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6FCB36B5" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"TKT</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="61FEC320" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Teaching Knowledge Test"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="059088C2" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="14DB1DB2" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="350EF761" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"TESOL"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1A35032E" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Certificate in teaching English for young learners</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7EC7C55D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="50EB6FD4" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>IHCYLT – International House Certificate In Teaching Young Learners and Teenagers</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="732DF958" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="45C3A34C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7D5C7E09" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="605C20E5" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Educational Management</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4966D452" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="08EC338C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Курсынаплатформе</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="68822898" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Teaching Mathematics with Technology</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="645C4BE6" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Special Educational Needs</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="43D899FC" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>"Developing expertise in teaching chemistry"</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="679833CF" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="55086F2E" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>= 0,5 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3F9E0F87" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>курсы</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2DC68363" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="33AB4289" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>= 0,5 балла (каждый отдельно)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="6A81494C" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="519" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="2699A6DA" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>12.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2675" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6FA2B210" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн",педагог, направленный по молодежной практике Центром занятости населения</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="4F960AD8" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="4A2AE433" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>плюс 3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00A25845" w:rsidRPr="009E14F0" w14:paraId="44C693CB" w14:textId="77777777" w:rsidTr="000F2044">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3194" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="75" w:type="dxa"/>
+                    <w:left w:w="75" w:type="dxa"/>
+                    <w:bottom w:w="75" w:type="dxa"/>
+                    <w:right w:w="75" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="7CE5E177" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E14F0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="222222"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Итого:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1A0791E9" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3596" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="2F755EE7" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="000F2044">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="11209E5A" w14:textId="77777777" w:rsidR="00A25845" w:rsidRPr="009E14F0" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B67A0BD" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="00A25845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="418E356C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A44402" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43D1B70D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F683BA6" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CC5258C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="723E4851" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A69512C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="155BE7AB" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01D34711" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="215A16A4" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="182365A7" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20FF7A82" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="040B819B" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4877C983" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="367A74E4" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12E3218D" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E8AE615" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21A96E86" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C01DBAD" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E55633F" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CCD5B33" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D30A259" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DD0FC9C" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3577C311" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E832736" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="188419C3" w14:textId="77777777" w:rsidR="00A25845" w:rsidRDefault="00A25845" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EDD0AD5" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w:rsidRDefault="00B3089F" w:rsidP="003B3594">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="00B0EA97" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00AD2C10" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...219 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70A26EEA" w14:textId="77777777" w:rsidR="004C1566" w:rsidRDefault="004C1566" w:rsidP="004C1566">
-[...10232 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="001B695E" w:rsidSect="007524EC">
+    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="00AD2C10" w:rsidSect="004630DD">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -14713,57 +8137,50 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -15051,54 +8468,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="524C7E2B"/>
+    <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9241E8C"/>
-    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15369,773 +8786,814 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="536434187">
+  <w:num w:numId="1" w16cid:durableId="365175429">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1405299931">
+  <w:num w:numId="2" w16cid:durableId="1227885471">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="826214479">
+  <w:num w:numId="3" w16cid:durableId="726953141">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1785076253">
+  <w:num w:numId="4" w16cid:durableId="675378987">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="102236457">
+  <w:num w:numId="5" w16cid:durableId="301735401">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="153420951">
+  <w:num w:numId="6" w16cid:durableId="634413543">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="00014144"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
-    <w:rsid w:val="00050090"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="00095F88"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
-    <w:rsid w:val="000E1AF7"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="00157519"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
+    <w:rsid w:val="0019603D"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
-    <w:rsid w:val="001D717D"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
-    <w:rsid w:val="002027BF"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
+    <w:rsid w:val="00204937"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002644E7"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="00283851"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00285676"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="00347EC7"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003810A2"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
+    <w:rsid w:val="0038137B"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B1FA5"/>
+    <w:rsid w:val="003B3594"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
+    <w:rsid w:val="003C4D34"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
-    <w:rsid w:val="00417F04"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431448"/>
     <w:rsid w:val="00431819"/>
-    <w:rsid w:val="00433B26"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="004562D6"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="004630DD"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
-    <w:rsid w:val="0049037E"/>
+    <w:rsid w:val="00485A80"/>
     <w:rsid w:val="00491B89"/>
-    <w:rsid w:val="00493567"/>
+    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
-    <w:rsid w:val="004C1566"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
-    <w:rsid w:val="004F1095"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="004F72A0"/>
+    <w:rsid w:val="00500678"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00544A62"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
-    <w:rsid w:val="005C5EAD"/>
-    <w:rsid w:val="005C6694"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="006244C5"/>
+    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
-    <w:rsid w:val="006315C4"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
-    <w:rsid w:val="006513DF"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
-    <w:rsid w:val="006573A8"/>
     <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00662BE7"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="0068759C"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
-    <w:rsid w:val="006A4C22"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B194D"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
-    <w:rsid w:val="007524EC"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00870218"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B5892"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008C6FEA"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="0091238A"/>
+    <w:rsid w:val="009041EE"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
-    <w:rsid w:val="00921E5F"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="00941C6A"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009E5C71"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F2EC7"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
-    <w:rsid w:val="00A0497F"/>
     <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
-    <w:rsid w:val="00A123BA"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A25845"/>
+    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A86AD2"/>
     <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A92BB1"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AB2719"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD2C10"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE6D57"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00AF5BB6"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B4745E"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B71289"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B838E8"/>
     <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B86A53"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00BA2959"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BB1452"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
-    <w:rsid w:val="00BF603C"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C73E87"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C85E14"/>
     <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C936BD"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC0DF8"/>
+    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD38F2"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14A76"/>
+    <w:rsid w:val="00D14B7E"/>
     <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22A79"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D23368"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D6302B"/>
-    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D94AAB"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
-    <w:rsid w:val="00DB5EA7"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA6E61"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE6667"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F52B7E"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB348D"/>
+    <w:rsid w:val="00FB5986"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD77B4"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF5C5B"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0F8C813B"/>
-  <w15:docId w15:val="{7692A374-773E-4048-94BE-B71D0538C700}"/>
+  <w14:docId w14:val="1DB6E59D"/>
+  <w15:docId w15:val="{6C922922-9DA0-49BF-AB8E-58BEB54CE718}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16493,69 +9951,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...17 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00485A80"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -16652,136 +10092,83 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...12 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...24 lines deleted...]
-    <w:div w:id="1033849679">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1511798635">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -17053,78 +10440,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6469A783-FC41-4565-A820-9F9CEB012BF1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1120FC3C-9A56-4BAE-A695-D769B7095044}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1582</Words>
-  <Characters>9020</Characters>
+  <Words>1719</Words>
+  <Characters>9804</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>81</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10581</CharactersWithSpaces>
+  <CharactersWithSpaces>11501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>