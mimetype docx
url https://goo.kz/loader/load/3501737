--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,9477 +1,6707 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
-      <w:pPr>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="007D5926" w:rsidRDefault="00F90EC4" w:rsidP="00B13052">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F90EC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Я</w:t>
-[...81 lines deleted...]
-        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:t>бөлімінің «Павлодар қаласының №121 сәбилер бақшасы»  КМҚК психологтің бос лауазымына тағайындауға ашық конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="000324F1" w:rsidRDefault="00F90EC4" w:rsidP="00B13052">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRDefault="00B13052" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...248 lines deleted...]
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="007859FE">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90EC4" w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90EC4" w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="000324F1" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының № 121 сәбилер бақшасы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚК, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құдайбердіұлы көшесі, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8(7182) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>34-69-74</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>; эл.пош</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>та: sad121@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сәбилер бақшасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аралас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілінде оқытады. Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...31 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық міндеттері: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі жастағы балалардың психологиялық және әлеуметтік әл-ауқатын қамтамасыз етуге және қалыпқа келтіруге бағытталған қызметті жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      баланың дамуы мен мінез-құлқындағы проблемаларды анықтайды. психикалық, эмоционалдық-коммуникативтік және тұлғалық даму деңгейі мен ерекшеліктеріне психологиялық диагностика жүргізеді, психологиялық қорытынды жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі жастағы балалар тұлғасының дамуына кедергі келтіретін факторларды анықтайды, әртүрлі психологиялық (психопрофилактикалық, дамытушылық және консультациялық) көмек көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      қажет болған жағдайда ерекше білім беру қажеттіліктерін бағалауға қатысады және балаларға арналған, оның ішінде ерекше білім беру қажеттіліктері бар жеке дамыту бағдарламаларын, сондай-ақ оны педагог-ассистент іске асыру үшін балалардағы проблемалық мінез-құлықты жеңу жөніндегі бағдарламаларды жасайды, оларды жеке, кіші топтық және топтық дамыту сабақтары түрінде іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі жастағы шығармашылықпен дарынды балаларға психологиялық қолдау көрсетеді, олардың дамуына, шығармашылық қабілеттерін ашуға ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ата-аналарға, тәрбиешілерге және педагогтарға консультациялық көмек көрсетеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       белгіленген нысан бойынша құжаттаманы жүргізеді, педагогикалық, әдістемелік кеңестердің жұмысына, ата-аналар жиналыстарын, сауықтыру, тәрбиелеу және білім беру ұйымының жұмыс жоспарында көзделген басқа да іс-шараларды өткізу жөніндегі жұмысқа қатысады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      кәсіби құзыреттілікті арттырады, мектеп жасына дейінгі балалармен психологиялық жұмыстың заманауи әдістері мен технологияларын қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       балалардың өмірін, денсаулығын және құқықтарын қорғауды қамтамасыз етеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидаларын сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z60"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білуге тиіс: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қазақстан Республикасының Конституциясы, Қазақстан Республикасының "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" заңдары және Қазақстан Республикасының Білім беру мәселелері жөніндегі өзге де нормативтік құқықтық актілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       жалпы психология, педагогикалық психология және жалпы педагогика, тұлға психологиясы және дифференциалды психология, балалар және жас психологиясы, әлеуметтік психология, медициналық психология, балалар нейропсихологиясы, патопсихология, психосоматика; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогикалық этиканың нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      арнайы мектепке дейінгі педагогика, психотерапия, психодиагностика, психологиялық кеңес беру және психопрофилактика негіздері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       белсенді оқыту әдістері, қарым-қатынастың әлеуметтік-психологиялық тренингі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      ата-аналарға арналған жеке және топтық кәсіби кеңес берудің заманауи әдістері, баланың дамуындағы бұзылыстарды диагностикалау және түзету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      еңбек заңнамасының негіздері, еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидалары, санитариялық қағидалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z61"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біліктілікке қойылатын талаптар: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "Психология" бағыты бойынша "Педагогика және психология" бейіні бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білімі немесе "Психология" бейіні бойынша педагогикалық қайта даярлауды, медициналық білімін растайтын құжат, жұмыс өтіліне талап қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      және (немесе) біліктілігінің орта және жоғары деңгейі болған кезде мамандығы бойынша жұмыс өтілі: педагог-модератор үшін кемінде 3 жыл, педагог-сарапшы үшін кемінде 4 жыл, педагог-зерттеуші үшін кемінде 5 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      және (немесе) біліктілігінің жоғары деңгейі болған кезде педагог-шебер үшін мамандығы бойынша жұмыс өтілі – 5 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z62"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіби құзыреттілікті айқындай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      1) "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагог-психологқа қойылатын жалпы талаптарға, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       заманауи психологиялық әдістерді қолданыңыз; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      мектеп жасына дейінгі балалармен диагностикалық, түзету жұмыстарын жүргізу, эмоционалдық саулықты, балалардың тиімді дамуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың психологиялық-жас ерекшеліктерін ескере отырып, оқу-тәрбие процесін жоспарлау және ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогикалық ұжым мен ата-аналарға психологиялық білім беруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) "педагог – модератор": </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог" біліктілігіне қойылатын жалпы талаптарға, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       жеке психологиялық ерекшеліктерін ескере отырып, балалармен жұмыс жүргізу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересектердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатынасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімделудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>консультациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) "педагог – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: "педагог-модератор", </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007066C0">
-[...106 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әртүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профильдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақсаттардағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диагностиканы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конференцияларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>семинарларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәлімгерлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іптестерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басымдықтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айқындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жинақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диагностика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деректерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түзету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құралдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кешендер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жастағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоғамдастықта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәлімгерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стратегиясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айқындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жинақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңесте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңесте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақұлдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығарылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құралдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кешендердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> авторы (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> авторы) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>авторлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәлімгерлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоғамдастық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>желісін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекіткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F90EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="0014085F" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психологтің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...466 lines deleted...]
-      <w:r w:rsidR="007859FE">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбекақысы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоғары білім </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>161 962</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>161 962</w:t>
       </w:r>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>теңге (біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="0014085F" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...283 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нен бастап 7 жұмыс күні ішінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="000324F1" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының № 121 сәбилер бақшасы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚК, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құдайбердіұлы көшесі, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="0014085F" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...76 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="0014085F" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="0014085F" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="0014085F" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ндары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="0014085F" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі турал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="007D5926" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00A12DED" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушысының2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>№ 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00A12DED" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00A12DED" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00DB3CCA" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) Ұлттық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тестілеу сертификаты (бұданәрі - ҰБС) немесе педагог-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="0014085F" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердіңбіліктіліксанатыныңболуытуралыкуәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="0014085F" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдіскердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="0014085F" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00DB3CCA" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланыстелефондары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайлары: 8(7182)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34-69-74</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F90EC4" w:rsidRPr="00DB3CCA" w:rsidRDefault="00F90EC4" w:rsidP="00F90EC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
-      <w:r w:rsidR="00635BB8" w:rsidRPr="007066C0">
-[...304 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>121</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:w w:val="95"/>
-[...7160 lines deleted...]
-    <w:sectPr w:rsidR="005A0474" w:rsidSect="00864AC3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384AB0" w:rsidRPr="00F90EC4" w:rsidRDefault="00384AB0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00384AB0" w:rsidRPr="00F90EC4" w:rsidSect="000C7D70">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...348 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="94"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C37D06"/>
-[...32 lines deleted...]
-    <w:rsid w:val="00FB3F3F"/>
+    <w:rsidRoot w:val="00F90EC4"/>
+    <w:rsid w:val="000C7D70"/>
+    <w:rsid w:val="00384AB0"/>
+    <w:rsid w:val="00B13052"/>
+    <w:rsid w:val="00F90EC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12290"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9543,502 +6773,385 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00635BB8"/>
+    <w:rsid w:val="000C7D70"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...119 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>8279</Characters>
+  <Pages>5</Pages>
+  <Words>1382</Words>
+  <Characters>7878</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9712</CharactersWithSpaces>
+  <CharactersWithSpaces>9242</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Асем</dc:creator>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>