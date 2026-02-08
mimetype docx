--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -1,3263 +1,7192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006B51B6" w:rsidRPr="00B531BC" w:rsidRDefault="006B51B6" w:rsidP="006B51B6">
-      <w:pPr>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00DE56B9" w:rsidRDefault="000324F1" w:rsidP="00DE56B9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE56B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE56B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE56B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бөлімінің «Павлодар қаласының №</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3CCA" w:rsidRPr="00DE56B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>121</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE56B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы»  КМҚК әдіскердің бос лауазымына тағайындауға ашық конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB3CCA" w:rsidRDefault="00DE56B9" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-0</w:t>
+      </w:r>
+      <w:r w:rsidR="00477DC2" w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚК, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құдайбердіұлы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көшесі, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3CCA" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8(7182) </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>34-69-74</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>; эл.пош</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>та: sad121</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сәбилер бақшасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аралас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілінде оқытады. Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе қайта даярлау курстарынан өткенін растайтын құжат, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс өтіліне талап қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      тиісті бейін бойынша техникалық және кәсіптік білімі; мектепке дейінгі ұйымдардағы педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соңғы 3 жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагог-шебер үшін тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім; мектепке дейінгі ұйымдар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дағы педагогикалық жұмыс өтілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="007D5926" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00A12DED" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-зерттеуші үшін бейіні бойынша техникалық және кәсіптік білімі бар жағдайда педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00A12DED" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педаго</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санатыжоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдіскеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшеліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проце</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024391" w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024391" w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комму</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>никациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Я</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00EA3310">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) «педагог-модератор»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="00EA3310" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Санаты жоқ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«педагог»</w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>; санатына қойылатын жалпы талаптарға жауапты болуы керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="007D5926" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі тәрбие мен оқытудың әдіснамасын білуі керек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00A12DED" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұзақ мерзімді жоспар мен циклограмма жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ірлестіктердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>семинарлардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конференциялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>практикада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00024391" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      өзінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00024391" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      меншікті</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпараттық-коммуникациялық</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құзыреттілігін</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00477DC2" w:rsidRDefault="00EA3310" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> №</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00024391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00477DC2" w:rsidRDefault="00EA3310" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-модератор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>; санатына</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келуі</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="003B6F8E" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мерзімді</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоспар мен циклограмма жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="003B6F8E" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алаларды</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту мен тәрбиелеуді</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастыруды</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:r w:rsidR="00024391" w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дағдыларына</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ие болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="004A3C63" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрбиешілердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудандық, қалалық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="000324F1" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A3C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00901766" w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ірлестіктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>семинарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конференциялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00901766" w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еда</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      аудандық/қалалық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәжірибелерін</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жинақтау,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00477DC2" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпараттық-коммуникациялық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құзіреттілік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="00EA3310" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="00EA3310" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-сарапшы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санатына қойылатын жалпы талаптарға жауапты болуы керек,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      аудандық, қалалық әдістемелік бірлестіктердің, семинарлардың, конференциялардың</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмысына қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00DB3CCA" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құзіреттілігін</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00DB3CCA" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогтердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етуге;</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудандық, қалалық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деңгейде</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыстың</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәжірибесін</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3310" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      практикалық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәлімгерлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      көпшілік алдында сөйлеу және аудиториямен қарым-қатынас жасау дағдыларына ие</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      мектеп жасына дейінгі балаларды оқыту мен тәрбиелеудің заманауи әдістерін</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдануға шығармашылық ізденістер жүргізу; мектепке дейінгі тәрбие мен оқытудың әдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әзірлемелері бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) «педагог-шебер»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«педагог-зерттеуші»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>; санатына қойылатын жалпы талаптарға жауап беруі керек,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      ұлттық және халықаралық деңгейдегі әдістемелік семинарлар мен конференциялардың</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмысына қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="007D5926" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу, тәрбие әдістерін, оқу бағдарламаларын әзірлеу дағдыларын білу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="007D5926" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      тәрбиешілердің облыстық және республикалық жарыстарға қатысуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      практикалық тәлімгерлік және педагогикалық қоғамдастықтың даму стратегиясын</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конструктивті түрде анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      облыстық оқу-әдістемелік кеңесінде немесе Республикалық оқу-әдістемелік кеңесінде</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақұлданған,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдістемелік құжаттардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="007D5926" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми жобалау дағдыларын дамытуды қамтамасыз ету,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00EA3310" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәлімгерлікті қамтамасыз ету және облыстық деңгейде кәсіби қоғамдастық желісін</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дамыту; республикалық және халықаралық жарыстарға қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00A12DED" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: Білім беру қызметін әдістемелік қамтамасыз етуді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Оқу, оқу-тақырыптық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоспарлар</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағдарламаларды</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Балаларға</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру бағдарламаларын</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таңдауға (әзірлеуге) қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Жас</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ерекшелік</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>топтары</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сабақты</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3310" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="00EA3310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Тәрбие мен оқытудың</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мазмұнын, нысанын, әдістері мен құралдарын</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>анықтауға</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу-әдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттамаларды</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әзірлеуді, рецензиялауды</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бекітуге</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дайындауды</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Жаңартылған</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәжірибелерді</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>анықтауды, зерделеуді, таратуды</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>енгізуді</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Оқу</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құралдармен, ойындармен, ойыншықтармен</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>топтарды</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жабдықтауды</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3310" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Оқу-әдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайына</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00901766" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Тәрбиешілер</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сабақтар, семинарлар, жеке</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және топ бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>консультациялар, конкурстар мен көрмелер</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өткізеді, шығармашылық</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>топтардың</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Оқу-педагогикалық және әдістемелік әдебиеттердің деректер банкін жүргізеді, есепке</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алу және есеп беру құжа</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ттамаларын уақытылы ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0014085F" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="0014085F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Тәрбиешілердің, психологтардың, логопедтердің, музыкалық жетекшілердің, басқа да</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйым мамандарының өзара әрекеттесуін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ерекше білім беру қажеттіліктері бар балаларды психологиялық-педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүйемелдеу қ</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметінің қызметін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Тәрбиеші лауазымына және олардың көмекшілеріне кадрларды іріктеу бойынша</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсыныстар енгізеді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0014085F" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="0014085F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Біліктілікті арттыру және біліктілік санаттарын беру (растау), педагогтарды</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестаттау бойынша жұмысты үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="0014085F" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарында «</w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құндылықта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рға негізделген білім беру»</w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұжырымдамасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   Білуі тиіс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: Қазақстан Республикасының  Конституциясын , Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Неке (ерлі-зайыптылық) және отбасы туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  Кодексін  және басқа да білім беруді дамытудың бағыттары мен келешегін айқындайтын </w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нормативтік құқықтық актілерді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0014085F" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="0014085F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі оқыту мен білім берудің мемлекеттік жалпыға міндетті білім беру</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандарттарын,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дидактика принциптерін, педагогика негіздерін, психологияны, жалпы және жеке</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту және тәрбиелеу әдістерін,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      еңбек туралы заңнама негіздерін, еңбекті қорғау нормалары мен ережелерін, техника</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қауіпсіздігі және өртке қарсы қорғанудың ережелері ме</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н нормаларын,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="007D5926" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік және ақпараттық материалдың жүйелендірудің қағидаларын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдіскердің еңбекақысы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоғары білім </w:t>
+      </w:r>
+      <w:r w:rsidR="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>164 723</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теңге (біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күн</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нен бастап 7 жұмыс күні ішінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00477DC2" w:rsidRPr="000324F1" w:rsidRDefault="00477DC2" w:rsidP="00477DC2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының № 121 сәбилер бақшасы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000324F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚК, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құдайбердіұлы көшесі, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысу</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжат</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекенжайы және байланыс телефо</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ндары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілік талаптарына сәйкес білімі турал</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="007D5926" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D5926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00A12DED" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушысының2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00A12DED" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00A12DED" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00DB3CCA" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) Ұлттықбіліктіліктестілеу сертификаты (бұданәрі - ҰБС) немесе педагог-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердіңбіліктілік</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санатыныңболуытуралыкуәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="0014085F" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдіскердің</w:t>
+      </w:r>
+      <w:r w:rsidR="000324F1" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="0014085F" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қ</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000324F1" w:rsidRPr="00DB3CCA" w:rsidRDefault="000324F1" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланыстелефондары</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00477DC2" w:rsidRDefault="00901766" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайлары: 8(7182)</w:t>
+      </w:r>
+      <w:r w:rsidR="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>34-69-74</w:t>
+      </w:r>
+      <w:r w:rsidR="0014085F" w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1212E" w:rsidRPr="00DB3CCA" w:rsidRDefault="0014085F" w:rsidP="000324F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00901766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00477DC2" w:rsidRPr="00477DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>121</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidR="000324F1" w:rsidRPr="00DB3CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3058 lines deleted...]
-    <w:sectPr w:rsidR="00127C73" w:rsidRPr="00427A1F" w:rsidSect="00557972">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00E1212E" w:rsidRPr="00DB3CCA" w:rsidSect="00585EBB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="01AE1E15"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="03E81A96"/>
+    <w:lvl w:ilvl="0" w:tplc="8E82BCEA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="94"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="006B51B6"/>
-[...6 lines deleted...]
-    <w:rsid w:val="006B51B6"/>
+    <w:rsidRoot w:val="00B365D5"/>
+    <w:rsid w:val="00024391"/>
+    <w:rsid w:val="000324F1"/>
+    <w:rsid w:val="0014085F"/>
+    <w:rsid w:val="001D2AF3"/>
+    <w:rsid w:val="00394FFF"/>
+    <w:rsid w:val="003B6F8E"/>
+    <w:rsid w:val="00477DC2"/>
+    <w:rsid w:val="004A12FC"/>
+    <w:rsid w:val="004A3C63"/>
+    <w:rsid w:val="00585EBB"/>
+    <w:rsid w:val="007D5926"/>
+    <w:rsid w:val="00901766"/>
+    <w:rsid w:val="009806B4"/>
+    <w:rsid w:val="00A12DED"/>
+    <w:rsid w:val="00A20508"/>
+    <w:rsid w:val="00B365D5"/>
+    <w:rsid w:val="00D1696B"/>
+    <w:rsid w:val="00DB3CCA"/>
+    <w:rsid w:val="00DE56B9"/>
+    <w:rsid w:val="00E1212E"/>
+    <w:rsid w:val="00EA3310"/>
+    <w:rsid w:val="00F76BF8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -3364,111 +7293,305 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00557972"/>
+    <w:rsid w:val="00477DC2"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="No Spacing"/>
-    <w:uiPriority w:val="1"/>
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005B481D"/>
+    <w:rsid w:val="000324F1"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005B481D"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000324F1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad121@goo.edu.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3502,84 +7625,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3715,54 +7840,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1533</Words>
-  <Characters>8740</Characters>
+  <Words>1404</Words>
+  <Characters>8005</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10253</CharactersWithSpaces>
+  <CharactersWithSpaces>9391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>