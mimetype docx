--- v0 (2025-12-05)
+++ v1 (2025-12-24)
@@ -1,2398 +1,2681 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00F5727A" w:rsidRPr="00CD5BCE" w:rsidRDefault="00F5727A" w:rsidP="00CD5BCE">
+    <w:p w:rsidR="00E77BBC" w:rsidRPr="00E77BBC" w:rsidRDefault="00E77BBC" w:rsidP="00E77BBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00E77BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Приложение</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E77BBC">
+        <w:t>Қосымша 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E77BBC" w:rsidRPr="00E77BBC" w:rsidRDefault="00E77BBC" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0016613F" w:rsidRDefault="0016613F" w:rsidP="007A4113">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A621F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="007A4113" w:rsidRPr="007A4113" w:rsidRDefault="007A4113" w:rsidP="007A4113">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке жол» Республикалық акциясын өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007A4113">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="007A4113" w:rsidRPr="00610D1E" w:rsidRDefault="007A4113" w:rsidP="007A4113">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тұжырымдамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00E77BBC" w:rsidRDefault="00884605" w:rsidP="00884605">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00792A3B" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00E77BBC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Мектепке жол» республикалық акциясы мектеп оқушылары</w:t>
+      </w:r>
+      <w:r w:rsidR="00792A3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00792A3B" w:rsidRPr="00792A3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпыға бірдей </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0088">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0088" w:rsidRPr="00792A3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">індетті </w:t>
+      </w:r>
+      <w:r w:rsidR="00792A3B" w:rsidRPr="00792A3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00792A3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="00792A3B" w:rsidRPr="00792A3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз ету мақсатында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының әрбір азаматы халықтың әлеуметтік осал топтарынан шыққан балаларды мектепке дайындауда атаулы көмек көрсетуде азаматтық белсенділік таныта алады, әрбір балаға шынайы қамқорлық пен назар аудара алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516A57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...30 lines deleted...]
-      <w:pPr>
+        <w:t>Акцияның мақсаты</w:t>
+      </w:r>
+      <w:r w:rsidR="00516A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аз қамтылған және көп балалы отбасылардан шыққан оқушыларға, жетім балаларға, сондай-ақ ата-анасының қамқорлығынсыз қалған балаларға оқу жылының басталуына дайындық кезінде материалдық қолдау көрсету және әлеуметтік себептер бойынша балалардың мектепке келмеуінің алдын алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00516A57" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акцияның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басталуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00792A3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00516A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдың 1 тамыздан бастап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аяқталуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00792A3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдың 30 қыркүйегінде</w:t>
+      </w:r>
+      <w:r w:rsidR="00516A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деп жоспарлануда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00516A57" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акцияны өткізу негізі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="001F5A8D" w:rsidRDefault="00884605" w:rsidP="001F5A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Бала құқықтары туралы Конвенция </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(26-бап 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F5A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5A8D" w:rsidRPr="001F5A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атысушы мемлекеттер әлеуметтік сақтандыруды қоса алғанда, әрбір баланың әлеуметтік қамтамасыз ету игіліктерін пайдалану құқығын таниды және бұл құқықты толық жүзеге асыруға қол жеткізу үшін ұлттық заңнамаға сәй</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кес қажетті шаралар қабылдайды.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5A8D" w:rsidRPr="001F5A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Бұл игіліктер қажеттігіне қарай баланың және баланы бағуға жауапты адамдардың қолда бар ресурстары мен мүмкіндіктері, сондай-ақ баланың өзі немесе оның атынан игіліктерді алуға байланысты кез келген әрекеттің мүмкіндіктері ескеріліп беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F5A8D" w:rsidRPr="001F5A8D" w:rsidRDefault="001F5A8D" w:rsidP="001F5A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00884605" w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00884605" w:rsidRPr="00516A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БҰҰ Бала құқықтары жөніндегі комитетінің Қазақстанның төртінші кезеңдік баяндамасы бойынша қорытынды ұсынымдары</w:t>
+      </w:r>
+      <w:r w:rsidR="00884605" w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00884605" w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Женева қ., 2015 жылғы 16-17 қыркүйек, 13-ұсыным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00884605" w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Комитет қатысушы мемлекетке балалардың, атап айтқанда маргиналданған және қолайсыз жағдайдағы балалардың қажеттіліктеріне бөлінетін қаражатты транспарентті көрсете отырып, баланың құқықтарын есепке алуды қамтамасыз ететін бюджеттік процесті енгізуді ұсынады. секторлар мен мекемелер, соның ішінде нақты көрсеткіштер мен қадағалау жүйесі)</w:t>
+      </w:r>
+      <w:r w:rsidR="0014526A" w:rsidRPr="0014526A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="001F5A8D" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акцияны ұйымдастырушылар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) ҚР Оқу-ағарту министрлігінің Балалардың қүқықтарын қорғау комитеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Облыстардың, Астана, Алматы, Шымкент қалаларының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>әкімдіктері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5A8D" w:rsidRPr="001F5A8D">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...41 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00840FEA">
-[...30 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="001F5A8D" w:rsidRPr="001F5A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Облыстардың, Астана, Алматы, Шымкент қалаларының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...41 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="001F5A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім басқармалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) Бала құқықтары жөніндегі өңірлік уәкілдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) Орта білім беру сапасын қамтамасыз ету саласындағы Департаменттер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) Кәмелетке толмағандардың ісі және олардың құқықтарын қорғау жөніндегі аумақтық комиссиялардың мүшелері, </w:t>
+      </w:r>
+      <w:r w:rsidR="001F5A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа да мүдделі тараптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акцияны ұйымдастырушылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз қаласының барлық азаматтарына, бизнесмендерге, кәсіпкерлерге, меценаттарға акцияға қосылу және өмірлік қиын жағдайда отбасылар мен балаларға көмек көрсетуге өз үлесін қосу ұсынысымен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00B975A9" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B975A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акцияның негізгі бағыттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) ұйымдастыру-гуманитарлық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) ақпараттық </w:t>
+      </w:r>
+      <w:r w:rsidR="00B975A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> насихаттық</w:t>
+      </w:r>
+      <w:r w:rsidR="00B975A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A4113" w:rsidRPr="007A4113" w:rsidRDefault="007A4113" w:rsidP="001312BB">
-[...294 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...67 lines deleted...]
-        </w:numPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұйымдастыру-гуманитарлық бағыт мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...100 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
-[...18 lines deleted...]
-          <w:sz w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00662648" w:rsidRDefault="00662648" w:rsidP="004336B0">
+        <w:t>- акцияны өткізу жөніндегі ұйымдастыру комитеттерін құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...7 lines deleted...]
-    <w:p w:rsidR="007A4113" w:rsidRPr="007A4113" w:rsidRDefault="007A4113" w:rsidP="004336B0">
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- өңірлік іс-шаралар жоспарларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...24 lines deleted...]
-        </w:numPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мектеп жасындағы балаларды оқытумен қамтамасыз ету мәселелері бойынша білім бөлімдерінің мамандары үшін кеңестер өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- рейдтер өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...30 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Астана</w:t>
-[...18 lines deleted...]
-        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- қайырымдылық акциялары мен мектеп жәрмеңкелерін өткізу; мектеп формасы құнының мониторингін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Астана</w:t>
-[...18 lines deleted...]
-        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- шалғай елді мекендерге барып мектеп тауарларының жәрмеңкелерін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>азаматтардың өтініштеріне жедел әрекет ету үшін білім беру ұйымдарындағы «Жедел желілердің», «Сенім» телефондарының, қоғамдық қабылдаулардың үздіксіз жұмысын ұйымдастыру; т. б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...9 lines deleted...]
-        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпараттық-насихаттау бағыты мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Члены комиссии</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="007A4113" w:rsidRPr="007A4113" w:rsidRDefault="007A4113" w:rsidP="007A4113">
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- халықты ақпараттандыру, сондай-ақ акцияға қатысуға әлеуетті демеушілерді тарту мақсатында акция өткізу туралы кең ауқымды PR-кампанияны ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w:rsidR="007A4113" w:rsidRPr="007A4113" w:rsidRDefault="007A4113" w:rsidP="007A4113">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- теле-және радиосюжеттерді, жүгіртпе жолдарды, баспа мақалаларды жасау және трансляциялау (жариялау), ақпараттық бұрыштар, баннерлер, плакаттар орнату, үнпарақтар, буклеттер тарату және т. б. арқылы БАҚ-та «Мектепке жол» </w:t>
+      </w:r>
+      <w:r w:rsidR="00B975A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еспубликалық акциясын өткізуге дайындық барысын жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...24 lines deleted...]
-        </w:numPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- БАҚ-та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жариялау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4113">
-[...16 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өндірістік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компанияларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта бизнес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акцияға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4113">
-[...10 lines deleted...]
-    <w:p w:rsidR="007A4113" w:rsidRPr="007A4113" w:rsidRDefault="007A4113" w:rsidP="007A4113">
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезеңінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтарлықтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төмендеуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өнімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(форма, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тауарлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т. б.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сататын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіпкерлерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үндеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00884605">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т. б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...18 lines deleted...]
-    <w:p w:rsidR="007A4113" w:rsidRPr="007A4113" w:rsidRDefault="007A4113" w:rsidP="007A4113">
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00884605" w:rsidRPr="00884605" w:rsidRDefault="00884605" w:rsidP="00884605">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4113">
-[...483 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="000B1A7B" w:rsidRDefault="000B1A7B"/>
-    <w:sectPr w:rsidR="000B1A7B" w:rsidSect="00517D3D">
-      <w:headerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidR="000B1A7B" w:rsidSect="009465B6">
+      <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1135" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00952C27" w:rsidRDefault="00952C27">
+    <w:p w:rsidR="0006290C" w:rsidRDefault="0006290C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00952C27" w:rsidRDefault="00952C27">
+    <w:p w:rsidR="0006290C" w:rsidRDefault="0006290C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00952C27" w:rsidRDefault="00952C27">
+    <w:p w:rsidR="0006290C" w:rsidRDefault="0006290C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00952C27" w:rsidRDefault="00952C27">
+    <w:p w:rsidR="0006290C" w:rsidRDefault="0006290C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1731536006"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="002D3013" w:rsidRPr="009465B6" w:rsidRDefault="007A4113">
+      <w:p w:rsidR="002D3013" w:rsidRPr="009465B6" w:rsidRDefault="00884605">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="009465B6">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="009465B6">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="009465B6">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007226F9" w:rsidRPr="007226F9">
+        <w:r w:rsidR="00A404C4" w:rsidRPr="00A404C4">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="009465B6">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="002D3013" w:rsidRDefault="00952C27">
+  <w:p w:rsidR="002D3013" w:rsidRDefault="0006290C">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
-</file>
-[...282 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BC3B9F"/>
-    <w:rsid w:val="00086BE3"/>
+    <w:rsidRoot w:val="00272113"/>
+    <w:rsid w:val="0006290C"/>
     <w:rsid w:val="000B1A7B"/>
-    <w:rsid w:val="001312BB"/>
-[...29 lines deleted...]
-    <w:rsid w:val="00FE082B"/>
+    <w:rsid w:val="0014526A"/>
+    <w:rsid w:val="001E025E"/>
+    <w:rsid w:val="001F5A8D"/>
+    <w:rsid w:val="00257890"/>
+    <w:rsid w:val="00272113"/>
+    <w:rsid w:val="003D2852"/>
+    <w:rsid w:val="0045480A"/>
+    <w:rsid w:val="00516A57"/>
+    <w:rsid w:val="00792A3B"/>
+    <w:rsid w:val="007E3110"/>
+    <w:rsid w:val="008379A4"/>
+    <w:rsid w:val="00884605"/>
+    <w:rsid w:val="00A404C4"/>
+    <w:rsid w:val="00A621F1"/>
+    <w:rsid w:val="00A93C23"/>
+    <w:rsid w:val="00B975A9"/>
+    <w:rsid w:val="00CD0088"/>
+    <w:rsid w:val="00CD660A"/>
+    <w:rsid w:val="00D106E7"/>
+    <w:rsid w:val="00E77BBC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2D6516D8-65DB-4F3A-A0DA-2157C585FCCD}"/>
+  <w15:docId w15:val="{D2BF0AF7-A3A6-41B5-9642-A942ABD44A98}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2779,133 +3062,96 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A4113"/>
+    <w:rsid w:val="00884605"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007A4113"/>
+    <w:rsid w:val="00884605"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...29 lines deleted...]
-    <w:name w:val="Текст выноски Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ezkurwreuab5ozgtqnkl">
+    <w:name w:val="ezkurwreuab5ozgtqnkl"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00516A57"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3130,70 +3376,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>622</Words>
-  <Characters>3547</Characters>
+  <Words>617</Words>
+  <Characters>3523</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4161</CharactersWithSpaces>
+  <CharactersWithSpaces>4132</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Аймуханова Алия Курмангалиевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>