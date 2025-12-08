--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -2,8043 +2,4477 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="0AD7F6B6">
-[...14 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2DA94444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3370B8C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11F7C65F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...8 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...26 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Павлодар қаласының №18 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...8 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...23 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-бақшасы" КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="309D8FEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...8 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...23 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының білім бөлімі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E12198">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім басқармасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23094CC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="597F1C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Орыс тілінде оқытатын тәрбиеші</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72EED573">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73CA5CB9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="10"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="517"/>
         <w:gridCol w:w="4551"/>
         <w:gridCol w:w="2535"/>
         <w:gridCol w:w="2535"/>
       </w:tblGrid>
-      <w:tr w14:paraId="3567BB22">
+      <w:tr w14:paraId="02216589">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="517" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F1D3DE9">
+          <w:p w14:paraId="0652CBFC">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
-              <w:kinsoku/>
-[...7 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="110C00AC">
+          <w:p w14:paraId="1C0146E3">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
-              <w:kinsoku/>
-[...7 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Должность</w:t>
+              <w:t>Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B907452">
+          <w:p w14:paraId="5F65A520">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
-              <w:kinsoku/>
-[...7 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74C8CC4F">
+          <w:p w14:paraId="65EF9AF5">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
-              <w:kinsoku/>
-[...7 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Язык обучения</w:t>
+              <w:t>Оқыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="281B69A3">
+      <w:tr w14:paraId="4E1BE825">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="517" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21D29ADC">
+          <w:p w14:paraId="32ACDED2">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
-              <w:kinsoku/>
-[...7 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CEC158A">
+          <w:p w14:paraId="38F8FBCB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
-              <w:kinsoku/>
-[...7 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Воспитатель </w:t>
+              <w:t>Тәрбиеші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A2BE406">
+          <w:p w14:paraId="3949FE66">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
-              <w:kinsoku/>
-[...7 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48BA44E6">
+          <w:p w14:paraId="376C6B48">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
-              <w:kinsoku/>
-[...7 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="baseline"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Русский </w:t>
+              <w:t>Орыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29EC32AD">
-[...17 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="38B00B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...50 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E1FD271">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...8 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31D00805">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...39 lines deleted...]
-        <w:widowControl/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6A517D">
+      <w:pPr>
+        <w:pStyle w:val="14"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressLineNumbers w:val="0"/>
-[...610 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалардың өмірі мен денсаулығын қорғауды қамтамасыз етеді, оларды тәрбиелеу мен оқытуда Денсаулық сақтау технологияларын қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33224D8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.мемлекеттік жалпыға міндетті білім беру стандартының талаптарына, мектепке дейінгі тәрбие мен жас тобын оқытудың үлгілік оқу жоспарына сәйкес ұйымдастырылған оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23C6A289">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. режимдік сәттерді ұйымдастырады және өткізеді (таңертеңгі қабылдау, таңертеңгілік гимнастика, күн ішінде тамақтану, балалардың іс-әрекетін басқарады (ойын, шығармашылық, танымдық, қозғалыс, бейнелеу, еңбек, эксперименттік, дербес және басқалар), серуендеу, күндізгі ұйқы, жеке жұмыс, сауықтыру іс-шаралары, пәндік-дамытушылық орта жасайды);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F21CDD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. балалармен жұмыс жасауда тұлғаға бағытталған тәсілді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D7DE7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. дамуында ауытқулары бар балалармен түзету қызметі саласындағы мамандарға көмек көрсетеді, мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын, оқу-әдістемелік әдебиеттерді зерделеу негізінде және топ балаларының жеке білім беру қажеттіліктерін ескере отырып, тәрбие-білім беру процесін жоспарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6CB5A7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. қол жеткізілген нәтижелерді талдау негізінде тәрбие-білім беру қызметін жобалайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20821296">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. мектепке түсу кезінде тең бастапқы мүмкіндіктерді қамтамасыз ету үшін ерекше білім беру қажеттіліктері бар балаларды білім беру ортасына әлеуметтендіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CB575A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. мамандардың ұсынымдарын ескере отырып, ерекше білім беру қажеттіліктері бар әрбір балаға жеке көзқарасты қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F0B2DF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. мектепке дейінгі ұйымда өткізілетін іс-шараларға (кеңестер, педагогикалық және әдістемелік кеңестер, конкурстар және басқалар)қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C497913">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. отандық және шетелдік тәжірибені зерделеу негізінде үздік тәжірибелерді зерделеу, жалпылау, тарату және енгізумен айналысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA2A402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11. мектеп жасына дейінгі балаларды тәрбиелеу және оқыту мәселелері бойынша ата-аналарға консультациялық көмек көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22152608">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0330161F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37F696B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F99ED5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E5B2D7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A5C4D7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77C10293">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="277361B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="416A3802">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="294CCDAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E88D5B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E1A9BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D20ECA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60CE396B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D468EC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E8A9E4C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...40 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508FE11C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Конституциясы, "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Қазақстан Республикасының заңдары және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын Қазақстан Республикасының өзге де нормативтік құқықтық актілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4CE723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мемлекеттік жалпыға міндетті білім беру стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9065E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мектепке дейінгі тәрбие мен оқытудың үлгілік бағдарламасының мазмұны мен құрылымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CC24DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- педагогикалық этика нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69AF3CBE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Психология және педагогика, алғашқы дәрігерге дейінгі медициналық көмек көрсету қағидалары, еңбек қауіпсіздігі және еңбекті қорғау қағидалары, санитариялық қағидалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A13BCBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мектепке дейінгі тәрбие мен оқытуды ұйымдастыру жөніндегі нормативтік-құқықтық құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E7BE79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- еңбек заңнамасының негіздері, ішкі еңбек тәртібі, еңбек қауіпсіздігі және еңбекті қорғау, өрттен қорғау ережелері, санитарлық ережелер мен нормалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3CF9F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...893 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28EF0521">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- "Мектепке дейінгі тәрбие және оқыту" бағыты бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі немесе техникалық және кәсіптік педагогикалық білім немесе жоғары және (немесе) жоғары оқу орнынан кейінгі және (немесе) техникалық және кәсіптік педагогикалық білім немесе педагогикалық қайта даярлауды растайтын құжат, жұмыс өтіліне талаптар қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="627969C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...115 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F20063B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау мерзімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B541F62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...21 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>19.08 - 27.08.2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттар жұмыс уақытында қабылданады. Көрсетілетін қызметті алушы көрсетілетін қызметті берушінің кеңсесіне не порталға мынадай құжаттарды береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A64947C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50E19F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...108 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы көрсетілетін қызм</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етті берушінің кеңсесіне не Мемлекеттік корпорацияға мынадай құжаттарды береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF473DF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 21 ақпандағы № 57 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7495 болып тіркелген) мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату қағидаларына 5-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDF7474">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B4830E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу жөніндегі жеке парақ және фото;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5814938F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) білім туралы мемлекеттік үлгідегі құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674956F8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40654393">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) "Денсаулық сақтау саласындағы есептік құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248DCB88">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) Психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C788114">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) Наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7205B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) сертификаттаудан өткені туралы сертификат (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661B70F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) түйіндеме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F239539">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11) Білім және ғылым министрінің бұйрығымен бекітілген мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін қызметке тағайындау, қызметтен босату қағидаларына 17-қосымшаға сәйкес нысан бойынша "дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге көрсетілетін қызметті алушының келісімі Қазақстан Республикасының 2012 жылғы 21 ақпандағы № 57 (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7495 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295A21F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6859150D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...423 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1169 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекен-жайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33517C77">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы, Олжабай батыр көшесі, 11/1 үй тел. 8 705 229 73 53</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B6C73E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07063E04">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="596EE73E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E800575">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A34F2E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25048CD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C73F32F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A9CEB82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05C701C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ACCCF59">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="650FD2F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79AB42F8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BBED6F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="613138D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E7D000A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="282B20FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33C14526">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32349EA9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6741C752">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A4F7282">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04CB8C81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA2C06C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="681D5C76">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F53B5E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F0A4CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078FFF12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C870368">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="268F3418">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F9E7E5F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="392A454C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="244F1988">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BF8F703">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57167F4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22F3FE83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="485FCB73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13F62BA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EC89424">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B3C2326">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52E32AB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12E97860">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED213D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65946ED6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0180B9A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CA002D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E230A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D77C698">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1154F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DB5BB1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE06528">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тағайындау ережелеріне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B3CEFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>босатылған лауазымдарға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCCB126">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірінші лауазымдардан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E49BE91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылары мен педагогтарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01AD3505">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік ұйымдардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F28D047">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A019B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пішін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3B3A0E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74359BF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік орган,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5728173E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294FA29A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2756091A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63044634">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кандидаттың Т. А. Ә, (бар болса), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098B8338">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1809A854">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CCCDF89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF56F99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB90458">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0B9BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="588EA913">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені бос/уақытша бос орынға конкурсқа жіберуіңізді сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1354AFFD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымдар, сертификаттау (керегінің астын сызу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39226012">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41AD6C9E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E289451">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E586B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы, Ұйымның атауы, мекен-жайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6179B137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификаттаудан өту тілі: қазақ/орыс тілдерінде қажеттінің астын сызу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269A0AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="391C2079">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="4"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9514" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
-[...1031 lines deleted...]
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblInd w:w="421" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2877"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3129"/>
+        <w:gridCol w:w="2490"/>
+        <w:gridCol w:w="3984"/>
+        <w:gridCol w:w="3040"/>
       </w:tblGrid>
-      <w:tr w14:paraId="5D1BD927">
+      <w:tr w14:paraId="501F12E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="28" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2877" w:type="dxa"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65202678">
+          <w:p w14:paraId="03DCA8F3">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...11 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Наименование учебного заведения</w:t>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37114855">
+          <w:p w14:paraId="07751AD7">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...11 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
+              <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3129" w:type="dxa"/>
+            <w:tcW w:w="3040" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="064F63F3">
+          <w:p w14:paraId="663EBBB9">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...11 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Специальность по диплому</w:t>
+              <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1424C7F9">
+      <w:tr w14:paraId="41BF37AB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="28" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2877" w:type="dxa"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40EC6B18">
+          <w:p w14:paraId="77FB874C">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...11 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="789CD3C1">
+          <w:p w14:paraId="6BAA110A">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...11 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36FC3AE7">
+          <w:p w14:paraId="2DE44354">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...11 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7C427F78">
+          <w:p w14:paraId="1CE0201B">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...11 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3129" w:type="dxa"/>
+            <w:tcW w:w="3040" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA0C084">
+          <w:p w14:paraId="7496CDB4">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...11 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="27D2F42C">
+          <w:p w14:paraId="52B486DD">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...11 lines deleted...]
-              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32C10346">
-[...70 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="21CB0A02">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Біліктілік санатының болуы (ол болған кезде берілген (расталған) күн):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61076C26">
-[...1791 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="15FD22A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Жұмыс өтілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF393FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Менде келесі жұмыс нәтижелері бар: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C6845D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EB093E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мәліметтер (бар болса) _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107A2076">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) менің дербес деректерімді өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0819315E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мен сертификаттау өтетін ғимаратта тыйым салынған заттардың бірін пайдалануға тырысқаны үшін жауапкершілік туралы, тиісті актіні жасай отырып, алып тастау туралы ескертемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2302D8BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Тыйым салынған зат табылған жағдайда бір жыл мерзімге сертификаттаудан өту құқығынан айырылатыныма хабарланды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E7DA8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Сертификаттау кезінде ережелерді бұзу фактілері анықталған кезде, сондай-ақ өту мерзіміне қарамастан, бейнежазбаны қарау кезінде анықталған акт жасалып, нәтижелердің күші жойылатыны хабарланды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B722DC7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Тыйым салынған заттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1850E5C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұялы байланыс құралдары (пейджер, Ұялы Телефондар, планшеттер, iPad (Ipad), iPod (iPod), iPhone (iPhone), SmartPhone (Смартфон), смарт сағаттар); Ноутбуктер, ойнатқыштар, модемдер (мобильді маршрутизаторлар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4688BB94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>радио-электрондық байланыстың кез келген түрі (Wi-Fi (Wi-Fi), Bluetooth (Bluetooth), Dect (Дект), 3G (3 Джи), 4G (4 Джи), 5G (5 Джи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2717E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сымды және сымсыз құлаққаптар және басқалар; шпаргалкалар және оқу-әдістемелік әдебиеттер; калькуляторлар және түзету сұйықтықтары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3633AFCF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мен келісемін _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB51DC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. (бар болса)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD044D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Сертификаттау және конкурс өткізу ережелерімен таныстым</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0ECF23">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>"____" ______________20___жыл ____________________ /қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A97049D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="736E893C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен келісемін _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFE78F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.А.Ә. (бар болса)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABCE70B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификаттау және конкурс өткізу ережелерімен таныстым</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ADA88D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"____" ______________20___жыл ____________________ /қолы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBCAFA3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00E3F1CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A93CD7D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="354898EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D8CC62C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Қосымша 17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13251E74">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>тағайындау ережелеріне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D82593">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>босатылған лауазымдарға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125C6A87">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>бірнші лауазымдардан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017376AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Басшылар педагогтарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED8E2F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>мемлекеттік үйімдардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505A862B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Мен оны аламын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C8DE6ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пішін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29042BB7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Times New Roman" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6108EA91">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Times New Roman" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12137490">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...400 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шектеулі қолжетімділіктің дербес деректеріне қол жеткізуге көрсетілетін қызметті алушының келісімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DA59D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен, ________________________________________________________мен келісім беремін қол жеткізу үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BEF9CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.А.Ә. (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BDDA19A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заңның 8-бабына сәйкес Мемлекеттік қызмет көрсету үшін талап етілетін мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымдарға тағайындау, лауазымдардан босату қағидаларына 1-қосымшаның 8-тармағына сәйкес қолжетімділігі шектеулі дербес деректерге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22408F3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE4C9A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) дербес деректерді үшінші тұлғаларға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35307917">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) дербес деректерді өңдеу процесінде олардың трансшекаралық берілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D6D3253">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) дербес деректерді жалпыға қолжетімді көздерде тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02619C24">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылатын құжаттардың дұрыстығын растау үшін талап етілетін өзге де мәліметтерді және Мемлекеттік қызмет көрсету кезінде біліктілік талаптарына сәйкестікті қамтитын қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісемін(а).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB02A90">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы Келісім Мемлекеттік қызмет көрсету нәтижесін алғанға дейінгі барлық кезең ішінде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E49E85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FEB9EA">
-[...32 lines deleted...]
-        <w:t>(подпись) (Ф.И.О. (при его наличии)</w:t>
+    <w:p w14:paraId="6B938E9E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(қолы) (Т.А.Ә. (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
@@ -8106,223 +4540,280 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
-  <w:font w:name="monospace">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="0000028F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="47010000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="34193BFD"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="34193BFD"/>
+    <w:nsid w:val="146776D7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="146776D7"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:doNotDisplayPageBoundaries w:val="1"/>
-  <w:bordersDoNotSurroundHeader w:val="0"/>
-  <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
-  <w:displayHorizontalDrawingGridEvery w:val="1"/>
-  <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
-    <w:doNotWrapTextWithPunct/>
-[...1 lines deleted...]
-    <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004273F1"/>
     <w:rsid w:val="00027F80"/>
+    <w:rsid w:val="00053A6F"/>
     <w:rsid w:val="00062801"/>
     <w:rsid w:val="000C0C94"/>
     <w:rsid w:val="000E6ADD"/>
     <w:rsid w:val="0017513D"/>
     <w:rsid w:val="001907C0"/>
     <w:rsid w:val="00193D3F"/>
     <w:rsid w:val="00223CF2"/>
     <w:rsid w:val="00242E5B"/>
     <w:rsid w:val="002E2781"/>
     <w:rsid w:val="00325DA4"/>
     <w:rsid w:val="003320B4"/>
     <w:rsid w:val="00396DD3"/>
     <w:rsid w:val="003E384D"/>
     <w:rsid w:val="004273F1"/>
     <w:rsid w:val="00431FB8"/>
     <w:rsid w:val="00451EEB"/>
     <w:rsid w:val="00484558"/>
     <w:rsid w:val="004B06E4"/>
     <w:rsid w:val="005861BB"/>
     <w:rsid w:val="005A4F44"/>
     <w:rsid w:val="00615DA6"/>
     <w:rsid w:val="00660476"/>
     <w:rsid w:val="00692FC5"/>
+    <w:rsid w:val="0069632E"/>
     <w:rsid w:val="006C75F7"/>
+    <w:rsid w:val="00711E50"/>
     <w:rsid w:val="0077163A"/>
+    <w:rsid w:val="00773A7D"/>
+    <w:rsid w:val="00846554"/>
+    <w:rsid w:val="00873F75"/>
+    <w:rsid w:val="00883598"/>
     <w:rsid w:val="00883AA1"/>
     <w:rsid w:val="00885D44"/>
     <w:rsid w:val="008F679C"/>
     <w:rsid w:val="0097772B"/>
     <w:rsid w:val="009F7714"/>
     <w:rsid w:val="00A50347"/>
     <w:rsid w:val="00AC71A2"/>
     <w:rsid w:val="00AC7272"/>
     <w:rsid w:val="00B0528F"/>
+    <w:rsid w:val="00B270B5"/>
     <w:rsid w:val="00B40B1F"/>
     <w:rsid w:val="00B651AC"/>
     <w:rsid w:val="00BD2829"/>
     <w:rsid w:val="00BD66AF"/>
     <w:rsid w:val="00C43926"/>
     <w:rsid w:val="00C65CB1"/>
     <w:rsid w:val="00C97832"/>
     <w:rsid w:val="00CB44FB"/>
     <w:rsid w:val="00CF1F1A"/>
+    <w:rsid w:val="00CF684A"/>
     <w:rsid w:val="00CF6BAF"/>
     <w:rsid w:val="00D464B0"/>
     <w:rsid w:val="00E01977"/>
     <w:rsid w:val="00E13BA8"/>
     <w:rsid w:val="00E24F60"/>
     <w:rsid w:val="00E3016F"/>
     <w:rsid w:val="00EB6467"/>
     <w:rsid w:val="00F23742"/>
+    <w:rsid w:val="00F30385"/>
+    <w:rsid w:val="00F73F6C"/>
     <w:rsid w:val="00F86B1F"/>
     <w:rsid w:val="00F87020"/>
+    <w:rsid w:val="00FB2235"/>
     <w:rsid w:val="02805A97"/>
-    <w:rsid w:val="31085A2C"/>
-    <w:rsid w:val="38F32C92"/>
+    <w:rsid w:val="3DD71AE2"/>
+    <w:rsid w:val="3F096181"/>
+    <w:rsid w:val="48613029"/>
     <w:rsid w:val="4FE36C71"/>
     <w:rsid w:val="5B8A25AF"/>
     <w:rsid w:val="6025124B"/>
-    <w:rsid w:val="676F2BE8"/>
     <w:rsid w:val="6E5012E9"/>
+    <w:rsid w:val="75C03775"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
@@ -8374,192 +4865,190 @@
     <w:lsdException w:uiPriority="99" w:name="line number"/>
     <w:lsdException w:uiPriority="99" w:name="page number"/>
     <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="endnote text"/>
     <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
     <w:lsdException w:uiPriority="99" w:name="macro"/>
     <w:lsdException w:uiPriority="99" w:name="toa heading"/>
     <w:lsdException w:uiPriority="99" w:name="List"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
     <w:lsdException w:uiPriority="99" w:name="List Number"/>
     <w:lsdException w:uiPriority="99" w:name="List 2"/>
     <w:lsdException w:uiPriority="99" w:name="List 3"/>
     <w:lsdException w:uiPriority="99" w:name="List 4"/>
     <w:lsdException w:uiPriority="99" w:name="List 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
     <w:lsdException w:uiPriority="99" w:name="Closing"/>
     <w:lsdException w:uiPriority="99" w:name="Signature"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
     <w:lsdException w:uiPriority="99" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:uiPriority="99" w:name="Salutation"/>
     <w:lsdException w:uiPriority="99" w:name="Date"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
     <w:lsdException w:uiPriority="99" w:name="Block Text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:uiPriority="99" w:name="Document Map"/>
     <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
     <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal (Web)"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
     <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
     <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
     <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Balloon Text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="59" w:name="Table Grid"/>
     <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="List Paragraph"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="1"/>
     <w:link w:val="11"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w14:textFill>
         <w14:solidFill>
           <w14:schemeClr w14:val="accent1"/>
         </w14:solidFill>
       </w14:textFill>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="3">
     <w:name w:val="Default Paragraph Font"/>
-    <w:autoRedefine/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="4">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="5">
     <w:name w:val="footnote reference"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="3"/>
     <w:autoRedefine/>
     <w:unhideWhenUsed/>
@@ -8680,50 +5169,60 @@
     <w:link w:val="7"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="13">
     <w:name w:val="Текст сноски Знак"/>
     <w:basedOn w:val="3"/>
     <w:link w:val="8"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="14">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -8977,58 +5476,58 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <Company>SPecialiST RePack</Company>
   <Pages>5</Pages>
-  <Words>1821</Words>
-[...2 lines deleted...]
-  <Paragraphs>24</Paragraphs>
+  <Words>1523</Words>
+  <Characters>8683</Characters>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12177</CharactersWithSpaces>
+  <CharactersWithSpaces>10186</CharactersWithSpaces>
   <Application>WPS Office_12.2.0.17545_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.17545</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>B0BDE598B39B46AB8E66B465DEB01556_12</vt:lpwstr>
   </property>
 </Properties>