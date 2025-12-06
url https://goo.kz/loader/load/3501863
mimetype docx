--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -2,19396 +2,9750 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00B00AEE" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00A40329" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00AEE">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имени </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA6329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>М.Алимбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA6329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>«</w:t>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B00AEE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00232297">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-        <w:t>КММ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D70D9E" w:rsidRDefault="00843B40" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00A40329" w:rsidRPr="00762DD4" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>қазақ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A7845">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> тілінде оқыт</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
       </w:r>
-      <w:r w:rsidR="00781486">
+      <w:r w:rsidR="00442C2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...25 lines deleted...]
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазымына</w:t>
+        <w:t xml:space="preserve">педагога-ассистента </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B00AEE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00762DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00654FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахским </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00762DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>языком обучения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00AEE" w:rsidRDefault="00923692" w:rsidP="00B00AEE">
+    <w:p w:rsidR="003A305A" w:rsidRDefault="00442C2C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="003A305A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:t>конкурс жариялайды</w:t>
+        </w:rPr>
+        <w:t>(на вакантную должность)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00AEE" w:rsidRPr="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+    <w:p w:rsidR="003A305A" w:rsidRPr="004F2A50" w:rsidRDefault="003A305A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="11009" w:type="dxa"/>
+        <w:tblInd w:w="-459" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="177"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="8032"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00843B40" w:rsidTr="00076AB8">
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8032" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00232297">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00EA6329">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D">
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA6329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+              <w:t>имени М.Алимбаева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00232297">
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">М.Әлімбаев атындағы </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidTr="00076AB8">
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8032" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3C6E" w:rsidRPr="009A3C6E" w:rsidRDefault="009A3C6E" w:rsidP="009A3C6E">
+          <w:p w:rsidR="00C03B2E" w:rsidRPr="00C03B2E" w:rsidRDefault="00A40329" w:rsidP="00C03B2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C03B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">улица </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C03B2E" w:rsidRPr="00C03B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>П.Васильева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C03B2E" w:rsidRPr="00C03B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, строение №17/2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...49 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidTr="00076AB8">
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8032" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="009A3C6E" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00C03B2E" w:rsidP="00C03B2E">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F460C7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 22-55-99</w:t>
+              <w:t>8 (7182) 22</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidTr="00076AB8">
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8032" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BA4B1E" w:rsidRDefault="009A3C6E" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00C03B2E" w:rsidRPr="00C03B2E" w:rsidRDefault="00C03B2E" w:rsidP="00C03B2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C03B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>alimbaeva@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="009C2F04" w:rsidTr="00076AB8">
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8032" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003C4772" w:rsidRPr="007C3C91" w:rsidRDefault="00903542" w:rsidP="009A3C6E">
+          <w:p w:rsidR="003157A1" w:rsidRPr="003157A1" w:rsidRDefault="00442C2C" w:rsidP="003157A1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>педагог-ассистент</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidR="00807E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-          <w:p w:rsidR="003C4772" w:rsidRPr="00BA4B1E" w:rsidRDefault="003C4772" w:rsidP="007E4D4B">
+              <w:t>, 1 ставка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C03B2E" w:rsidRPr="00B3089F" w:rsidRDefault="00C03B2E" w:rsidP="00C03B2E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00843B40" w:rsidTr="00076AB8">
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8032" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00903542" w:rsidRPr="00903542" w:rsidRDefault="00903542" w:rsidP="00903542">
-            <w:pPr>
+          <w:p w:rsidR="002565D6" w:rsidRPr="002565D6" w:rsidRDefault="002565D6" w:rsidP="00442C2C">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00903542">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- психологиялық-медициналық-педагогикалық консультацияның</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>осуществляет психолого-педагогическое сопровождение ребенка</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с особыми образовательными потребностями по рекомендации</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической консультации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002565D6" w:rsidRPr="002565D6" w:rsidRDefault="002565D6" w:rsidP="00442C2C">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00903542">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>принимает участие в командной оценке специалистами и</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ұсынымы бойынша ерекше білім беру қажеттіліктері бар баланы</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогами с целью оценки особых образовательных</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>потребностей у детей, а также в составлении индивидуальных</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>образовательных и развивающих программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002565D6" w:rsidRPr="002565D6" w:rsidRDefault="002565D6" w:rsidP="00442C2C">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00903542">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оказывает помощь детям с особыми образовательными</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>психологиялық-педагогикалық сүйемелдеуді жүзеге асырады;</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>потребностями</w:t>
+            </w:r>
+            <w:r w:rsidR="00275308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>во время организованной учебной и иной</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>деятельности в организации образования, в случае,</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>когда их самостоятельная деятельность ограничена по состоянию</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>здоровья и особенностям поведения, оказывает психолого-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002565D6" w:rsidRPr="002565D6" w:rsidRDefault="002565D6" w:rsidP="00442C2C">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00903542">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002565D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогическое сопровождение;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002565D6" w:rsidRPr="002565D6" w:rsidRDefault="002565D6" w:rsidP="00442C2C">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00903542">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>осуществляет наблюдение и ведет сбор данных о ребенке с</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>мақсатында мамандар мен педагогтердің командалық бағалауына,</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>особыми образовательными потребностями в процессе обучения,</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>воспитания и развивающей работы, проводит протоколирование</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>результатов освоения образовательной программы, динамики</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>формирования образовательных, социально-адаптивных</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(поведенческих) навыков и предоставляет информацию</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>воспитателям и специалистам для мониторинга</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>процесса обучения и социализации ребенка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002565D6" w:rsidRPr="002565D6" w:rsidRDefault="002565D6" w:rsidP="00442C2C">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00903542">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>соблюдает условия безопасности жизнедеятельности и здоровья</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>сондай-ақ жеке білім беру және дамыту бағдарламаларын жасауға</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ребенка с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="002565D6" w:rsidRDefault="002565D6" w:rsidP="00442C2C">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00903542">
+            <w:r w:rsidRPr="002565D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қатысады;</w:t>
-[...5 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002565D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00903542">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ведет отчетную документацию по установленной форме.</w:t>
+            </w:r>
+            <w:r w:rsidR="00606A82" w:rsidRPr="002565D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...63 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...325 lines deleted...]
-              <w:t>- белгіленген нысан бойынша есепті құжаттаманы жүргізеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidTr="00076AB8">
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8032" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00BA4B1E" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DB5787">
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00F14AA8" w:rsidP="00762DD4">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D3450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="0057727C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00303E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24586</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D3450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007E4D4B" w:rsidRPr="00BA4B1E" w:rsidRDefault="007E4D4B" w:rsidP="007A7845">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00F460C7">
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00A40329" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- жоғары білім (min): 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004013E2">
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>24586</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F460C7">
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00A40329" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> теңге.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00A40329" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00843B40" w:rsidTr="00076AB8">
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>3</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
-[...21 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8032" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C75E82" w:rsidRPr="00C75E82" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00A40329" w:rsidRDefault="001041B9" w:rsidP="00586333">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C75E82">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>02.09-10</w:t>
+            </w:r>
+            <w:r w:rsidR="00303E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...194 lines deleted...]
-              <w:t>педагог-зерттеуші кемінде 4 жыл.</w:t>
+              <w:t>.09.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidTr="00076AB8">
-[...4 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>4</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8032" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00A40329" w:rsidRDefault="00B4390B" w:rsidP="004013E2">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 15 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z181"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z182"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z183"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z184"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z185"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z186"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z187"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z188"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="z189"/>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>іnternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>іBT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)) – 60 – 65 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z190"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z191"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275308" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...136 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z192"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>самопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 480.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00843B40" w:rsidTr="00076AB8">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidTr="00187882">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+          <w:p w:rsidR="00A40329" w:rsidRPr="004D07D1" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>5</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00BA4B1E" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="00A40329" w:rsidRDefault="00A40329" w:rsidP="003D0E0A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8032" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00A40329" w:rsidRPr="00B3089F" w:rsidRDefault="004036B5" w:rsidP="00F14AA8">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00153436">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2454 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...462 lines deleted...]
-            <w:bookmarkEnd w:id="10"/>
+              <w:t>на постоянной основе</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D478D0" w:rsidRPr="00BA4B1E" w:rsidTr="00076AB8">
-[...123 lines deleted...]
-        </w:tblPrEx>
+    </w:tbl>
+    <w:p w:rsidR="00452A41" w:rsidRDefault="00452A41" w:rsidP="00187882">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="1"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="00A868CB">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00704E3C" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 15 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау,</w:t>
-[...95 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00BE4A7F" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>байқауды</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F82AA5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>үміткердің</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF533F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000573B9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000573B9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="000573B9" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000573B9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-        <w:t>)</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000573B9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Өтініш</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00BE4A7F" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-        <w:rPr>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-        </w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-        <w:rPr>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE4A7F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Мені бос/уақытша бос лауазымға орналасуға арналған </w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> жіберуіңізді сұраймын (керегінің астын сызу керек) </w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE4A7F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>________________________</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
-[...20 lines deleted...]
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...110 lines deleted...]
-        <w:t>)</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>____________________________</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...127 lines deleted...]
-        <w:t>)</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>,</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2121"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2756"/>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="2963"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="00A868CB">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі:</w:t>
-[...15 lines deleted...]
-              <w:t>жоғары немесе жоғары оқу орнынан кейін</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00BE4A7F" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00BE4A7F" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00B760F5" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="00A868CB">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Біліктілік санатының болуы</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B760F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>берген</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_____________</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>_______________________________</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00B760F5" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...43 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00B760F5" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>__________________________________________________</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A63866">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>наградалары</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...71 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="009D536D" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>сондай-ақ қосымша мәліметтері</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D536D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>бар болса</w:t>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D536D">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00790B31" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...166 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6084"/>
-        <w:gridCol w:w="3867"/>
+        <w:gridCol w:w="6048"/>
+        <w:gridCol w:w="3903"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00843B40" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="00A868CB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...287 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00076AB8">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00076AB8">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00076AB8">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00076AB8">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00076AB8">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00076AB8">
-[...24 lines deleted...]
-              <w:t>-қосымша</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="00A868CB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00076AB8" w:rsidRPr="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00076AB8">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z234"/>
-      <w:r w:rsidRPr="00076AB8">
+      <w:bookmarkStart w:id="13" w:name="z364"/>
+      <w:r w:rsidRPr="004036B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бос </w:t>
+        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00076AB8">
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>немесе</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00076AB8">
+      <w:r w:rsidRPr="004036B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004036B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...210 lines deleted...]
-        <w:t>))</w:t>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblW w:w="10249" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-148" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="11"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Растайтын</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...67 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">  балл саны</w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Баллы кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00843B40" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Білім</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>деңгейі</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...156 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...274 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00076AB8" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...15 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Ғылыми</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>степень</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...139 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>PHD</w:t>
             </w:r>
-            <w:r w:rsidRPr="00153436">
-[...16 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Ғылыми</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Ғылыми</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наук</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...26 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...136 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...88 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Біліктілік</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Квалификационная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>санаты</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>категория</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Жеке</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...46 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...314 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00843B40" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...136 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...159 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...443 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...136 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Педагогикалық</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">/ </w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...157 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00843B40" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...236 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...387 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...221 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00843B40" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Показатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Кәсіби</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>жетістіктерінің</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>дипломдар</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...400 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>награда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> 1) </w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...4 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...4 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>конкурстар</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...4 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>жеңімпаздары</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...590 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Әдістемелік</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>қызметі</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>авторлық</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>шығармалары</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>работы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>басылымдары</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Р</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...476 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...15 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Қоғамдық-педагогикалық</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...96 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...473 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Курсқа</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>дайындық</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>пәндік</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...4 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>дайындық</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> - </w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>цифрлық</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>сауаттылық</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...86 lines deleted...]
-              <w:t xml:space="preserve">DELF </w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...764 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> learn</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Teaching Mathematics with Technology</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Special Educational Needs</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...16 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry "</w:t>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ПШО, НЗМ, "</w:t>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...4 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">" </w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>курстары</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">= 0,5 </w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Қазақстан</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>отдельно</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...799 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серп</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...598 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>н", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...139 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>қосылады</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidTr="00A868CB">
+      <w:tr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidTr="004036B5">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2594" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Барлығы</w:t>
+            <w:r w:rsidRPr="004036B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
+            <w:r w:rsidRPr="004036B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
-[...10 lines deleted...]
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00076AB8" w:rsidRPr="00153436" w:rsidRDefault="00076AB8" w:rsidP="00A868CB">
+          <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="004036B5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00903542" w:rsidRDefault="00903542" w:rsidP="004D4DCA">
+    <w:p w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidRDefault="004036B5" w:rsidP="00187882">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00903542" w:rsidRDefault="00903542" w:rsidP="004D4DCA">
-[...161 lines deleted...]
-    <w:sectPr w:rsidR="00E64FC6" w:rsidRPr="001B695E" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="004036B5" w:rsidRPr="004036B5" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -19744,54 +10098,55 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="2DFE24FF"/>
+    <w:nsid w:val="3ACF56AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1BCE2964"/>
-    <w:lvl w:ilvl="0" w:tplc="6B6811F4">
+    <w:tmpl w:val="C74E9810"/>
+    <w:lvl w:ilvl="0" w:tplc="B776D1C4">
+      <w:start w:val="25"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -20214,672 +10569,675 @@
   <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
-    <w:rsid w:val="0001006D"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="00065C11"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
-    <w:rsid w:val="00076AB8"/>
+    <w:rsid w:val="00077E8F"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="00095129"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E29FD"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
-    <w:rsid w:val="000E639E"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="001041B9"/>
+    <w:rsid w:val="001048CA"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="00187882"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
-    <w:rsid w:val="002119D5"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="00232297"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="002565D6"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275308"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DBF"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
-    <w:rsid w:val="002F5CAF"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="003038C3"/>
+    <w:rsid w:val="00303E82"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003157A1"/>
     <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00322746"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00385BCF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A305A"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C4772"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D0E0A"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
-    <w:rsid w:val="004013E2"/>
     <w:rsid w:val="00402778"/>
+    <w:rsid w:val="004036B5"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00442C2C"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445493"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A42CE"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D4DCA"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="005504BE"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="0057727C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="00586333"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
-    <w:rsid w:val="006047CF"/>
     <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00606A82"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="00654FFB"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665D06"/>
     <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="00670456"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006F2095"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00725022"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="007401C5"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00762DD4"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
-    <w:rsid w:val="00781486"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
-    <w:rsid w:val="007A7845"/>
-    <w:rsid w:val="007B3269"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C3C91"/>
-    <w:rsid w:val="007C642E"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007E4D4B"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="00807E7D"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
-    <w:rsid w:val="00843B40"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E6C72"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00903542"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
-    <w:rsid w:val="00923692"/>
+    <w:rsid w:val="009251D1"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967A43"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
-    <w:rsid w:val="009A3C6E"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
-    <w:rsid w:val="009C2F04"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB6F80"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B10912"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B4390B"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA2ED6"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C03B2E"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C161F7"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00C97F0F"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
-    <w:rsid w:val="00CB5E67"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC0647"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
-    <w:rsid w:val="00DB5CA9"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E64FC6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA6329"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
-    <w:rsid w:val="00ED328C"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F14AA8"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
@@ -21194,50 +11552,74 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a8"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="004036B5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -21495,50 +11877,74 @@
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a8"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="004036B5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -21844,78 +12250,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{916E2064-ECA8-46CB-A2EA-743579D81AEA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FCEBEAB-8D02-441B-9B52-9473AB1FA5E0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2044</Words>
-  <Characters>11651</Characters>
+  <Words>2131</Words>
+  <Characters>12148</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13668</CharactersWithSpaces>
+  <CharactersWithSpaces>14251</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>