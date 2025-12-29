--- v0 (2025-12-09)
+++ v1 (2025-12-29)
@@ -1,8617 +1,7437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="04744B4A" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="00401EA2" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="6273B4B1" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRDefault="00F96C74" w:rsidP="00AA347D">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BE7D0F5" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRDefault="00F96C74" w:rsidP="001C307C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04684833" w14:textId="62B0EDE8" w:rsidR="00F96C74" w:rsidRPr="007D459D" w:rsidRDefault="00F96C74" w:rsidP="007D459D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401EA2">
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная школа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-гимназия </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>имени Шапық Шөкин города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» объявляет конкурс на должность учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46579">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>химии</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
-[...89 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7C7910B3" w14:textId="32B336AF" w:rsidR="00D70D9E" w:rsidRPr="00401EA2" w:rsidRDefault="002E3D14" w:rsidP="00B00AEE">
+    <w:p w14:paraId="60B76E4B" w14:textId="77777777" w:rsidR="00A46579" w:rsidRPr="00A46579" w:rsidRDefault="00A46579" w:rsidP="0034370A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...133 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6858"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="006146FA" w14:paraId="528A154C" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="1C83FC4E" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-          <w:p w14:paraId="1DE4FE45" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6F169C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00401EA2">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="74FB691E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72C35701" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="6BFC8BBF" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEDB6A0" w14:textId="7E83B5B5" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КГУ «Средняя общеобразовательная школа</w:t>
+            </w:r>
+            <w:r w:rsidR="00A46579">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-гимнази </w:t>
+            </w:r>
+            <w:r w:rsidR="00A46579" w:rsidRPr="00A46579">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...107 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>имени Шапық Шөкин</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w14:paraId="292A0780" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="737B536B" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E73108F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4EF7B7" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="7A8A5D4B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00401EA2">
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43822968" w14:textId="17FDC9FB" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г.Павлодар, ул. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ак.Чокина</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, почтовый индекс 140000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w14:paraId="5433EEF4" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="44EFBB62" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3C2B80" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="685DC29C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="4A450093" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFFD733" w14:textId="04ABC0F9" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> 62-80-88</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>62-80-88</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w14:paraId="120918D8" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="3DEF982B" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="6762E187" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BF4822F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3307E9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76C35061" w14:textId="16127312" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>soshg</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>goo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="63213BF2" w14:textId="77777777" w:rsidTr="00F96C74">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAD7813" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="5772DE8B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38E42B33" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
-[...96 lines deleted...]
-          <w:p w14:paraId="020AD770" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54AA2B5A" w14:textId="77777777" w:rsidR="00065B95" w:rsidRDefault="00FB3D95" w:rsidP="007D459D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
+            <w:r w:rsidRPr="004D0951">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00A46579" w:rsidRPr="004D0951">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">химии </w:t>
+            </w:r>
+            <w:r w:rsidR="0034370A" w:rsidRPr="004D0951">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006973C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>вакантную должность (</w:t>
+            </w:r>
+            <w:r w:rsidR="007D459D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>15 часов</w:t>
+            </w:r>
+            <w:r w:rsidR="006973C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="6A46B8D3" w14:textId="0E3F0108" w:rsidR="00FD24EC" w:rsidRPr="00401EA2" w:rsidRDefault="006146FA" w:rsidP="006146FA">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C375E16" w14:textId="0048D0D7" w:rsidR="008F5C8F" w:rsidRPr="007D459D" w:rsidRDefault="008F5C8F" w:rsidP="007D459D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>екі</w:t>
-[...98 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t>(смешанный язык обучения казахский, русский)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="006146FA" w14:paraId="6A57C997" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="1C2A5F4E" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="087AA9A4" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D059779" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A90A74B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11744630" w14:textId="01E4A5B3" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Организует и проводит учебную и учебно-методическую работу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34B5602D" w14:textId="3F798F9C" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет обучение и воспитание обучающихся с учетом преподаваемой дисциплины в соответствии с государственными общеобязательными стандартами образования. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D3775CA" w14:textId="1115DF1F" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Способствует формированию общей культуры личности, выявляет и содействует развитию индивидуальных способностей обучающихся. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43AE9F3F" w14:textId="3FC5F7C3" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Использует наиболее эффективные формы, методы и средства обучения, новые педагогические технологии. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D201E10" w14:textId="4F133E87" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечивает получение обучающимися качественных знаний, умений и навыков. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="742E0E0C" w14:textId="6CE9F1BA" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Участвует в разработке и выполнении образовательных программ в соответствии с учебным планом и графиком учебного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25DDD214" w14:textId="35F334A2" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D11C83" w14:textId="3391D3AF" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Выполняет требования по безопасности и охране труда при эксплуатации оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41F62D08" w14:textId="23B5D334" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="15E49A9E" w14:textId="77777777" w:rsidTr="00F96C74">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2096ED2F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5915E03E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37487EE5" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7338DEE5" w14:textId="70523EC1" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специ</w:t>
+            </w:r>
+            <w:r w:rsidR="005A058B" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>альное образование( min): 88131</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67CBF0DF" w14:textId="43033134" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="005A058B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее </w:t>
+            </w:r>
+            <w:r w:rsidR="005A058B" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образование (min): 108836</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="4A3D31C6" w14:textId="77777777" w:rsidTr="00F96C74">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0C5FAF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BBFB6EF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="64CAAAEE" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44D9BA21" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="4E0C48B2" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC64C84" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="484DC582" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25725D90" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6A9ED4D4" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F7C2FA9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00401EA2" w14:paraId="7362EF7C" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="276B8578" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="44DD9A5E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28AB486E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="0477F34D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E067316" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="08BD7AB6" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6879E5A3" w14:textId="022CE9F9" w:rsidR="00F96C74" w:rsidRPr="00A46579" w:rsidRDefault="007D459D" w:rsidP="0026582B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401EA2">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="007D459D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...99 lines deleted...]
-              <w:t xml:space="preserve"> теңге</w:t>
+              <w:t>5.09-13.09.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="006146FA" w14:paraId="7EF95814" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...4 lines deleted...]
-          <w:p w14:paraId="358A579E" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="134EE8C4" w14:textId="77777777" w:rsidTr="00F96C74">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62EC0B9B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00401EA2">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="752AB344" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1486304C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00401EA2">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="022C21BB" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00401EA2" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF7982A" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="7216B74E" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00401EA2" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07958B2E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="6C832A44" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F092A5F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...29 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DAB3D00" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...22 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D501592" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...21 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64586385" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...25 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DEECB38" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00401EA2">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF6FE62" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A89C3AD" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="00401EA2">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4224A807" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00401EA2">
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...558 lines deleted...]
-              <w:t>Бағалау парағы;</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A12FEB4" w14:textId="77777777" w:rsidR="0008139B" w:rsidRDefault="0008139B" w:rsidP="00B7409E">
+    <w:p w14:paraId="4A1260EB" w14:textId="41AFAE51" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-522"/>
+        <w:tblStyle w:val="a7"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="10918"/>
+        <w:gridCol w:w="218"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0008139B" w14:paraId="7BB9381E" w14:textId="77777777" w:rsidTr="00144F88">
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="728BB34E" w14:textId="77777777" w:rsidTr="000D1ADB">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcW w:w="10124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEB2A4A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB"/>
+          <w:p w14:paraId="21C24FB9" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB"/>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9493" w:type="dxa"/>
+              <w:jc w:val="right"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="9493"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="2D70FFAF" w14:textId="77777777" w:rsidTr="000D1ADB">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:jc w:val="right"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9493" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="367922D5" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E1304D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Приложение 10 к Правилам</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E1304D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>назначения на должности,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E1304D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>освобождения от должностей</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E1304D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>первых руководителей</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E1304D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>и педагогов государственных</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E1304D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>организаций образования</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="603A08D0" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E1304D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Форма</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="630DBA88" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________________  (государственный орган, объявивший конкурс)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20B9EB12" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_________________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="177BC817" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02B7D6D4" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____________________                             (должность, место работы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61B92688" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17080CFF" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AE75819" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="082B792C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Заявление</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06D44868" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной должности (нужное подчеркнуть) ______________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18EA72D5" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75441FEE" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...15 lines deleted...]
-            <w:tcW w:w="4359" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5189E366" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>В настоящее время работаю __________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31E5964C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________             должность, наименование организации, адрес (область, район, город\село)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FC3BE12" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сообщаю о себе следующие сведения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="235F97ED" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25541B58" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblInd w:w="115" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3889"/>
+              <w:gridCol w:w="2786"/>
+              <w:gridCol w:w="3902"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="58D30BE1" w14:textId="77777777" w:rsidTr="000D1ADB">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4518" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="26A9B3F2" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E1304D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Наименование учебного заведения</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3262" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="57690E80" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E1304D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Период обучения</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4520" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="745E1831" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E1304D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Специальность по диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="4E52A5B7" w14:textId="77777777" w:rsidTr="000D1ADB">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4518" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="337BAF26" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2AFB1AAD" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3262" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7E3B1877" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3C268138" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4520" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="2C382214" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="00801FDA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+                  <w:pPr>
+                    <w:pStyle w:val="ab"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="53AC4E2C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t> Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143FDA7C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70AD7B1F" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Стаж педагогической работы: ______________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A593751" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Имею следующие результаты работы: ______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BABFD5C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70239194" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F94CED5" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ACF82CB" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D96F2C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6DAEC9C0" w14:textId="77777777" w:rsidR="0008139B" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="318AEB7D" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="657EC302" w14:textId="77777777" w:rsidR="0008139B" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="3978E1AB" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4B0C1218" w14:textId="77777777" w:rsidR="0008139B" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="6D762CFE" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="291F11EA" w14:textId="77777777" w:rsidR="0008139B" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="69A8FE3D" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="27FF06C4" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00F7191E" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...108 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="132E4EA4" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BAAD96D" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00F51F8C" w:rsidRDefault="0008139B" w:rsidP="0008139B">
+    <w:p w14:paraId="746AAD58" w14:textId="1FA50D04" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007D459D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">год </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       ______________________                                                                                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00437A2D">
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>______________________________</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F7191E">
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B834A3" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00F7191E" w:rsidRDefault="0008139B" w:rsidP="0008139B">
+    <w:p w14:paraId="3B890C78" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F7191E">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4DC8492D" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00437A2D" w:rsidRDefault="0008139B" w:rsidP="0008139B">
-[...119 lines deleted...]
-    <w:p w14:paraId="4EB099AA" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="000B40FD" w:rsidRDefault="0008139B" w:rsidP="0008139B">
+    <w:p w14:paraId="13B0290B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B40FD">
+      <w:r w:rsidRPr="00E1304D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680400DF" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00437A2D" w:rsidRDefault="0008139B" w:rsidP="0008139B">
+    <w:p w14:paraId="68234F7A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...74 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="394E361C" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00C75E82" w:rsidRDefault="0008139B" w:rsidP="0008139B">
+    <w:p w14:paraId="2DACFC46" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C75E82">
+    </w:p>
+    <w:p w14:paraId="6056D40E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="087E9E2D" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00C75E82" w:rsidRDefault="0008139B" w:rsidP="0008139B">
+    <w:p w14:paraId="7E1219FD" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="177BF73F" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09C8FAF1" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E4F94DD" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E0ECDA8" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F48B1C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...399 lines deleted...]
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:jc w:val="right"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2099"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3153"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0008139B" w14:paraId="6ABC4C1A" w14:textId="77777777" w:rsidTr="00144F88">
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="5FD7A190" w14:textId="77777777" w:rsidTr="000D1ADB">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...1220 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4890A045" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00B25802" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...24 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="48898C49" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>первых руководителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>и педагогов государственных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="25019E1C" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F615386" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00B25802" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...24 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+          <w:p w14:paraId="6E5DF15E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4A1B4E7F" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1304D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9921" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="570"/>
+        <w:gridCol w:w="2436"/>
+        <w:gridCol w:w="2578"/>
+        <w:gridCol w:w="982"/>
+        <w:gridCol w:w="1051"/>
+        <w:gridCol w:w="832"/>
+        <w:gridCol w:w="146"/>
+        <w:gridCol w:w="1317"/>
+        <w:gridCol w:w="9"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="3AF54D8C" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9921" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03CE416E" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00B25802" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="149F2C11" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>_________________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="396A380E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="67D94719" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6310" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB0D548" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00B25802" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6FACD33E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...330 lines deleted...]
-          <w:p w14:paraId="0DA20B9F" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00B25802" w:rsidRDefault="0008139B" w:rsidP="00144F88">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5430D421" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="127"/>
-[...2765 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26851655" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00B25802" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...130 lines deleted...]
-          <w:p w14:paraId="72F5AB49" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00B25802" w:rsidRDefault="0008139B" w:rsidP="00144F88">
+          <w:p w14:paraId="7046D153" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="127"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0008139B" w:rsidRPr="00B25802" w14:paraId="4E2A8A07" w14:textId="77777777" w:rsidTr="00144F88">
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="140DCD05" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6137" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33169200" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00B25802" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1589844B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...8 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03EBC832" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="00B25802" w:rsidRDefault="0008139B" w:rsidP="00144F88">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="57A4EE89" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5FEDEF" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1437E6CF" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z340"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="3F9E45C7" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35E7AE13" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="0E2A7A34" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="1180"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="707F028B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53918482" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10954C5E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A9F5D28" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EC5AB69" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="604DB9DA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20DFD0D1" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="455A95A0" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2B01B4" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FED236A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77748F38" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DA73EF8" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24279207" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D19D988" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03BAF8B9" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E47B2B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z341"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="7655EFAB" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59D86529" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DADC16A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>магистр  = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DE1F272" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заочное/дистанционное - минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="101EF1AF" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="0D589A09" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9ED624" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E89CDDC" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07AB6643" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="557EDD33" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EF8C497" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="289AD79B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="574E2DCC" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D3FD8CD" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="456D2DAE" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="087E33C5" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C94D1F3" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="244738C3" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B595074" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C705426" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C58FFC2" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="55AF860E" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B19F59B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF006D6" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C431D2E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05C33499" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC57E9E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F972D3F" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="416EB9AC" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B69B74" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D769F35" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификация/Категория </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AC6ADF0" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="430BA96D" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="316FA140" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2289E83F" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F9F841E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="459C3476" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14956A3D" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="431951B2" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D5FE199" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="225E6C72" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B731E4B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A5DE4A9" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F19F0D2" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5138A8CA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z392"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="05B03B02" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D4653C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="733CA0C3" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F03D3E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="566A5CA6" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49712026" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13EB3576" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="3C2D3E86" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD5D21A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58EA0862" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="255088BF" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9AC581" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z401"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методист (стаж не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w14:paraId="5597AF97" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж не менее 2 лет)  = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="373829DE" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>директор (стаж не менее 2 лет)   = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00AB06B7" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="74F7B8E2" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC45C52" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E16793A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F356BD3" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F7681FA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40652545" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03538C8E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3743D7D0" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BB1132" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z403"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="638F7258" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1122893E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="04C0877C" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7C9A21" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D31D0B5" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B209F19" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8458ED" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79544393" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z541"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w14:paraId="30B1698C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="212ADF2D" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="44C2EF52" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="971"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="691A541F" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="321A0C51" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C575E36" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EC60ED7" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F34240B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E57C750" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="588611B7" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A628887" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="211C5DDD" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5849B150" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E243596" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z406"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w14:paraId="6E288811" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F8E672" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EAD570B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF0FA3D" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z408"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w14:paraId="09BCEDAD" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF6AE89" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25928973" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01AFC5CA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F439506" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EB8DB53" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="0551A41C" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0563F37C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66809597" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF7AEE0" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51FCAC3A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="656819CA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65B249B9" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03C33B44" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73C5593F" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FDB2E8" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z413"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w14:paraId="43C55336" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04160BDF" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CD227E7" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="7B2D35CE" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="2599"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28117BD3" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C8033A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31309D0A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="310561B9" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3682CEEC" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53490FF8" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34F68DF0" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71AFF8CA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06E85DF7" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B697485" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37A7D71A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF3D08B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z415"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="70944500" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03280F68" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32E3CCBE" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68326532" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70612DA4" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B20DDCB" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16E9A045" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BB643A5" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A4DDCD8" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="581E2462" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z416"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w14:paraId="17669C3F" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5684CBCA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F8AF959" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="518C9390" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1905D90D" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1064841E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="0CB29BC2" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="107627E9" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE5C3BA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C92853F" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C0E9116" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45E0D29B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CFC6770" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A191970" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FF1D128" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AF19B7C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31E6C77A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D7F6E94" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CC22D1D" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60496310" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A6A391F" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="581E5212" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E3F6777" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z421"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w14:paraId="0170FB6E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="666A4B1A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D021BB" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49AAB67C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35278BB0" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4926B435" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDC23DA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z427"/>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w14:paraId="545850CA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B20331E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы = 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D55E8A7" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63CB37F1" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="062DFA56" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CE96A4B" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="119F89CE" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30764D0C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45769B74" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72367FAA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FCC8463" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53FF8588" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="11B84A60" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0E23CA" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287FCCB5" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн", педагог, направленный по молодежной практике </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49DD0ACE" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF44C84" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A2828F7" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="20418DDA" w14:textId="77777777" w:rsidTr="000D1ADB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8449" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6609F2A7" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1304D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Итого:                                             </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1472" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26AEF033" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50FE0BFA" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="000B40FD" w:rsidRDefault="0008139B" w:rsidP="0008139B">
+    <w:p w14:paraId="0DEB95F3" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21E45622" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="0086672B" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D1E6311" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="001F4BA9" w:rsidRDefault="0008139B" w:rsidP="0008139B">
+    <w:p w14:paraId="20B8D252" w14:textId="7B594EE4" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51CB5692" w14:textId="77777777" w:rsidR="0008139B" w:rsidRPr="001F4BA9" w:rsidRDefault="0008139B" w:rsidP="0008139B">
-[...249 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00B7409E" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00251E0D" w:rsidSect="001C307C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="566" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...18 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="09BA57AC"/>
+    <w:nsid w:val="01A263F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="50BE025E"/>
-    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+    <w:tmpl w:val="72FCA9A6"/>
+    <w:lvl w:ilvl="0" w:tplc="35B4914C">
       <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37573D82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71809938"/>
+    <w:lvl w:ilvl="0" w:tplc="138EA222">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BB43ACA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B3CAE19E"/>
+    <w:lvl w:ilvl="0" w:tplc="94364D1C">
+      <w:start w:val="10"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -8667,1283 +7487,288 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BB01178"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EC7719F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="87CC0636"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="D6B2FDE0"/>
+    <w:lvl w:ilvl="0" w:tplc="D17E851A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
-[...114 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...319 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="1" w16cid:durableId="816607714">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="749273279">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="2" w16cid:durableId="443961601">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1156847994">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="1144079441">
+  <w:num w:numId="3" w16cid:durableId="1662925003">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1814368558">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="4" w16cid:durableId="1971742687">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...635 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00D15008"/>
+    <w:rsid w:val="000602B3"/>
+    <w:rsid w:val="00065427"/>
+    <w:rsid w:val="00065B95"/>
+    <w:rsid w:val="000A3CB6"/>
+    <w:rsid w:val="000C29B7"/>
+    <w:rsid w:val="000D1402"/>
+    <w:rsid w:val="0010189D"/>
+    <w:rsid w:val="001C307C"/>
+    <w:rsid w:val="001D7957"/>
+    <w:rsid w:val="001E6C21"/>
+    <w:rsid w:val="00251E0D"/>
+    <w:rsid w:val="0026582B"/>
+    <w:rsid w:val="002A3AE7"/>
+    <w:rsid w:val="002E5399"/>
+    <w:rsid w:val="0031619F"/>
+    <w:rsid w:val="00326737"/>
+    <w:rsid w:val="0034370A"/>
+    <w:rsid w:val="00352373"/>
+    <w:rsid w:val="00352A81"/>
+    <w:rsid w:val="0036559D"/>
+    <w:rsid w:val="00384B44"/>
+    <w:rsid w:val="00392D5B"/>
+    <w:rsid w:val="00444ABB"/>
+    <w:rsid w:val="004665D2"/>
+    <w:rsid w:val="00473864"/>
+    <w:rsid w:val="00487858"/>
+    <w:rsid w:val="004A45B3"/>
+    <w:rsid w:val="004B007C"/>
+    <w:rsid w:val="004D0951"/>
+    <w:rsid w:val="004E793C"/>
+    <w:rsid w:val="00532E77"/>
+    <w:rsid w:val="00573DEB"/>
+    <w:rsid w:val="005A058B"/>
+    <w:rsid w:val="005C1F7D"/>
+    <w:rsid w:val="005D26C1"/>
+    <w:rsid w:val="005E1863"/>
+    <w:rsid w:val="00624187"/>
+    <w:rsid w:val="006809D4"/>
+    <w:rsid w:val="00687DFB"/>
+    <w:rsid w:val="006973C6"/>
+    <w:rsid w:val="006B27CC"/>
+    <w:rsid w:val="006C7B3C"/>
+    <w:rsid w:val="007043A0"/>
+    <w:rsid w:val="007315DA"/>
+    <w:rsid w:val="00737F5A"/>
+    <w:rsid w:val="00745C72"/>
+    <w:rsid w:val="007D459D"/>
+    <w:rsid w:val="007D699F"/>
+    <w:rsid w:val="007F1CC4"/>
+    <w:rsid w:val="0086672B"/>
+    <w:rsid w:val="008A4F3B"/>
+    <w:rsid w:val="008F5C8F"/>
+    <w:rsid w:val="009171DC"/>
+    <w:rsid w:val="00947BD9"/>
+    <w:rsid w:val="00994DAC"/>
+    <w:rsid w:val="00A46579"/>
+    <w:rsid w:val="00A51C56"/>
+    <w:rsid w:val="00A52003"/>
+    <w:rsid w:val="00A9508F"/>
+    <w:rsid w:val="00AA347D"/>
+    <w:rsid w:val="00AF414D"/>
+    <w:rsid w:val="00B46C32"/>
+    <w:rsid w:val="00B6148F"/>
+    <w:rsid w:val="00B95334"/>
+    <w:rsid w:val="00BB01F7"/>
+    <w:rsid w:val="00C301E5"/>
+    <w:rsid w:val="00C321FE"/>
+    <w:rsid w:val="00C52DEF"/>
+    <w:rsid w:val="00D15008"/>
+    <w:rsid w:val="00D75259"/>
+    <w:rsid w:val="00E36BC9"/>
+    <w:rsid w:val="00E66D54"/>
+    <w:rsid w:val="00E940AB"/>
+    <w:rsid w:val="00EB3DC3"/>
+    <w:rsid w:val="00EB72DF"/>
+    <w:rsid w:val="00ED74E3"/>
+    <w:rsid w:val="00F011C3"/>
+    <w:rsid w:val="00F557DC"/>
+    <w:rsid w:val="00F96C74"/>
+    <w:rsid w:val="00FB3D95"/>
+    <w:rsid w:val="00FD359E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="71611E2A"/>
+  <w14:docId w14:val="79FD4E9F"/>
   <w15:docId w15:val="{F69B5383-74B3-445A-858A-9A03BFE36AC9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10289,223 +8114,419 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F96C74"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="0031619F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="00D15008"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-[...12 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Основ_Текст"/>
-    <w:rsid w:val="008D6A9A"/>
+    <w:name w:val="a"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00C301E5"/>
     <w:pPr>
-      <w:tabs>
-[...4 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00C301E5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00C301E5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...10 lines deleted...]
-  <w:style w:type="table" w:styleId="a8">
+  <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="00352373"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E77"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AC5698"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E77"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D1402"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0031619F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB01F7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="177474224">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
+    <w:div w:id="788625376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1199471041">
+    <w:div w:id="808205688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1304508421">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1377007951">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1469396259">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1537738892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1540969039">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1673415567">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1931886486">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2018968600">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2046952111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2109153722">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2135056280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -10560,84 +8581,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -10773,82 +8796,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069D101B-EFD6-4CE6-B20B-FDB2142879CF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C406C536-B122-4926-9E04-DE5E57526358}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>9938</Characters>
+  <Pages>1</Pages>
+  <Words>1621</Words>
+  <Characters>9240</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11658</CharactersWithSpaces>
+  <CharactersWithSpaces>10840</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:creator>Uchitel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>