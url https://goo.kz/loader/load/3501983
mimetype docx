--- v0 (2025-12-06)
+++ v1 (2026-01-12)
@@ -1,1627 +1,6831 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="33B30FBB" w14:textId="5E94EBD6" w:rsidR="00145E6D" w:rsidRPr="001B2357" w:rsidRDefault="006E031A" w:rsidP="00C17D5B">
+    <w:p w14:paraId="476E664A" w14:textId="5CD95656" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...33 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>просвещения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4F58A0AE" w14:textId="59F6DED1" w:rsidR="006E031A" w:rsidRPr="001B2357" w:rsidRDefault="006E031A" w:rsidP="00C17D5B">
-[...19 lines deleted...]
-    <w:p w14:paraId="7A1229FA" w14:textId="77777777" w:rsidR="006E031A" w:rsidRPr="001B2357" w:rsidRDefault="006E031A" w:rsidP="00C17D5B">
+    <w:p w14:paraId="695EE850" w14:textId="4AA9628B" w:rsidR="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>июля</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>194</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4E276B72" w14:textId="44A26B08" w:rsidR="006E031A" w:rsidRPr="001B2357" w:rsidRDefault="006E031A" w:rsidP="00C17D5B">
+    <w:p w14:paraId="18921A4C" w14:textId="090A26FB" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38079693" w14:textId="697C079E" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРОГРАММА </w:t>
+      </w:r>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> 2023 жылы «Біртұтас тәрбие» бағдарламасы әзірленіп, барлық білім беру ұйымдарына енгізілді.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Біртұтас тәрбие» </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A5F349" w14:textId="5DC0A2FA" w:rsidR="00C17D5B" w:rsidRPr="001B2357" w:rsidRDefault="00C17D5B" w:rsidP="00C17D5B">
+    <w:p w14:paraId="16284B63" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="28A48A5C" w14:textId="3B13989A" w:rsidR="00C17D5B" w:rsidRPr="001B2357" w:rsidRDefault="00C17D5B" w:rsidP="00C17D5B">
+    <w:p w14:paraId="22E0E178" w14:textId="7AADD814" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="212529"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поручением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Касым-Жомарта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Токаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>втором</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заседании</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Национального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Курултая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="212529"/>
-[...26 lines deleted...]
-          <w:color w:val="212529"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әділетті Қазақстан – Адал азамат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» в 2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>году</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">программа </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Біртұтас тәрбие» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внедрена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>во</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>все</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06128DD3" w14:textId="3E83B4EF" w:rsidR="00C17D5B" w:rsidRPr="001B2357" w:rsidRDefault="00C17D5B" w:rsidP="00C17D5B">
+    <w:p w14:paraId="28367D88" w14:textId="29B46667" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поручением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Президента</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Токаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>третьем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заседании</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Национального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Курултая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Адал адам – Адал еңбек – Адал табыс» в 2024 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>году</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обновлено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содержание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...15 lines deleted...]
-        <w:t>ұлттың жаңа келбетін қалыптастыратын:</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Біртұтас тәрбие»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D79DB7" w14:textId="77777777" w:rsidR="00C17D5B" w:rsidRPr="001B2357" w:rsidRDefault="00C17D5B" w:rsidP="00C17D5B">
-[...119 lines deleted...]
-    <w:p w14:paraId="1DE29795" w14:textId="7523A00C" w:rsidR="00C17D5B" w:rsidRDefault="00C17D5B" w:rsidP="00C17D5B">
+    <w:p w14:paraId="4D7A8214" w14:textId="673EC4F2" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:color w:val="212529"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обозначены</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>единое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развития</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и консолидация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>усилий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общества</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>достижение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вместе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>этим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>будущего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нашей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>страны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отражается</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>триаде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справедливый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гражданин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прогрессивная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>составляющие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>триады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тесно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>взаимосвязаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>взаимообусловлены</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выражают</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стратегический</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> курс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модернизации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дальнейшего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развития</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>страны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>который</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>направлен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справедливого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сильными</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>демократическими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>институтами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развитой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правовой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>системой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивающей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>торжество</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>закона</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фундаментального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принципа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нашей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>политики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">жасампаздық және жаңашылдық </w:t>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стало</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>главной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>идеей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы</w:t>
       </w:r>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">құндылықтарға негізделген. </w:t>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Біртұтас тәрбие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EB6AEF2" w14:textId="31625840" w:rsidR="006C7C0F" w:rsidRPr="006C7C0F" w:rsidRDefault="006C7C0F" w:rsidP="00C17D5B">
+    <w:p w14:paraId="0D9190B8" w14:textId="7D8CA14E" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7C0F">
-[...5 lines deleted...]
-        <w:t>«Біртұтас тәрбие» бағдарламасы елімізді жаңартатын «Қағидамыз – әділдік, тірегіміз – жауапкершілік, мақсатымыз – өрлеу»  ұстанымына негізделеді.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лючевые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ценности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определяющие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включены</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содержание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Программы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318B7DBF" w14:textId="13AA52F7" w:rsidR="00C17D5B" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="00C17D5B">
+    <w:p w14:paraId="246989F5" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>независимость</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и патриотизм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FDE4ECC" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>единство</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>солидарность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E81DD4D" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справедливость</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271389BF" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>закон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339835C3" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трудолюбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и профессионализм; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E6C9E2" w14:textId="67E9615A" w:rsidR="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>созидание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>новаторство</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1FBD5AE2" w14:textId="76439630" w:rsidR="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Справедливость</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>как</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принцип, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ответственность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>как</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>основа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, прогресс – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>как</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>цель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>является</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посылом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EDB9109" w14:textId="53698BFF" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ЦЕЛЬ ПРОГРАММЫ</w:t>
+      </w:r>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>БАҒДАРЛАМАНЫҢ МАҚСАТЫ:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E8B65E" w14:textId="4F63CD8B" w:rsidR="00C17D5B" w:rsidRPr="001B2357" w:rsidRDefault="00C17D5B" w:rsidP="00C17D5B">
+    <w:p w14:paraId="3857C702" w14:textId="132C8A9C" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="212529"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...6 lines deleted...]
-        <w:t>қазақстандық мәдениет құндылықтары негізінде азаматтық жауапкершілік пен патриотизм, парасаттылық пен адалдық, ар-ұждан, рухани-адамгершілік қасиеттерін бойына сіңірген, үйлесімді дамыған тұлға қалыптастыру.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гармонично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развитой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>личности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ценностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>казахстанской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>культуры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развитие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>духовно-нравственных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>качеств</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гражданской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>патриотизма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>добропорядочности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>добросовестности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764CE9C2" w14:textId="653BC7C8" w:rsidR="00C17D5B" w:rsidRPr="001B2357" w:rsidRDefault="00C17D5B" w:rsidP="00C17D5B">
+    <w:p w14:paraId="1A7A6F2C" w14:textId="152C185D" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация Программы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ценностно-ориентированном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компетентностном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подходах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Они</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нацелены</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интеграцию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развития</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бағдарламаны іске асыру құндылыққа бағдарланған және құзыреттілік </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> негізделеді. Олар оқытудың, тәрбиелеудің және дамытудың өзара үйлесімді бірлігін қамтамасыз етеді.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73DA0CB0" w14:textId="77777777" w:rsidR="00C17D5B" w:rsidRPr="001B2357" w:rsidRDefault="00C17D5B" w:rsidP="00C17D5B">
-[...168 lines deleted...]
-    <w:p w14:paraId="6E04882A" w14:textId="41B36A84" w:rsidR="00C17D5B" w:rsidRPr="001B2357" w:rsidRDefault="00C17D5B" w:rsidP="00C17D5B">
+    <w:p w14:paraId="7F618DD0" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...13 lines deleted...]
-        <w:t>қолдану</w:t>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рамках</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реализации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компетентностного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подхода</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ключевых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ценностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развиваться</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ключевые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компетенции</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>совокупности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определяют</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> модель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>выпускника</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A67022E" w14:textId="7A9C5505" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="5C8A5C72" w14:textId="6096F305" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>продвижение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>национальных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интересов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4309733B" w14:textId="08A43F9D" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эффективные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммуникации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9674E6" w14:textId="2029138C" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>служение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обществу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130F8CED" w14:textId="565C7C31" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уважение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общества</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569E0CC1" w14:textId="0A01B8BB" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стремление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>достижению</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высоких</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результатов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B986EE" w14:textId="0A50DB2F" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>способность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>генерировать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оригинальные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>идеи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187A3A18" w14:textId="2C5E6BEA" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00A1343B" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>АЙ САЙЫН</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Регулярные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>мероприятия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>проводимые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ежемесячно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>должны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>быть</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>направлены</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>формирование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>целостной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>личности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CCB8C08" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="5F109B07" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...6 lines deleted...]
-        <w:t>Қыркүйек – еңбекқорлық және кәсіби біліктілік айы;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сентябрь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месяц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трудолюбия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профессионализма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67C7E945" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="1B1838E8" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...6 lines deleted...]
-        <w:t>Қазан айы – тәуелсіздік және отаншылдық айы;</w:t>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Октябрь – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месяц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>независимости</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>патриотизма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B4CD826" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="0B4BDC33" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...6 lines deleted...]
-        <w:t>Қараша айы – әділдік және жауапкершілік айы;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ноябрь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месяц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справедливости</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0D3313" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="784B41AD" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...6 lines deleted...]
-        <w:t>Желтоқсан – бірлік және ынтымақ айы;</w:t>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Декабрь – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месяц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>единства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>солидарности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6D30BF" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="7A23900A" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...6 lines deleted...]
-        <w:t>Қаңтар – заң және тәртіп айы;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Январь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месяц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>закона</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F40F37" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="4159DC20" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...6 lines deleted...]
-        <w:t>Ақпан – жасампаздық және жаңашылдық айы;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Февраль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месяц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>созидания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>новаторства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF88652" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="2F5E8148" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...6 lines deleted...]
-        <w:t>Наурыз – тәуелсіздік және отаншылдық айы;</w:t>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Март – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месяц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>независимости</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>патриотизма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3845F3B9" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="57926FD6" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...6 lines deleted...]
-        <w:t>Сәуір – еңбекқорлық және кәсіби біліктілік айы;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Апрель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месяц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трудолюбия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профессионализма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA3C477" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="3DEA674C" w14:textId="555C5F20" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...6 lines deleted...]
-        <w:t>Мамыр – бірлік және ынтымақ айы.</w:t>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Май – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месяц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>единства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>солидарности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF70133" w14:textId="2A5FF447" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="0DBFF018" w14:textId="2337D654" w:rsidR="00E052BE" w:rsidRPr="00E052BE" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЕЖЕДНЕВНО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176A80B1" w14:textId="5558B828" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Құндылықтарды қалыптастырудағы күн сайын және апта сайын іске асырылатын іс-шараларды қамтиды:  </w:t>
-      </w:r>
+        <w:t xml:space="preserve">«Ұлттық ойын – ұлт қазынасы» </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>свободного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>времени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2DF5D825" w14:textId="129F79C0" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="6BD7D413" w14:textId="2C6A611D" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Өнегелі 15 минут» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родителями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>течение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 минут </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ежедневной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беседы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> со </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ребенком</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="51EFCB92" w14:textId="06244366" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Үнемді тұтыну» </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бережного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отношения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>природны</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресурсам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="776184D1" w14:textId="61D20FD0" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Күй күмбірі» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кюев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вместо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B" w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>звонков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A1343B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>переменах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="73312B87" w14:textId="1273FD2D" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E052BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ЕЖЕНЕДЕЛЬНО</w:t>
+      </w:r>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>КҮНДЕЛІКТІ:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B71DC62" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
-[...68 lines deleted...]
-    <w:p w14:paraId="45C7D60D" w14:textId="43B40DC6" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="405FBF92" w14:textId="2E1472F1" w:rsidR="00E052BE" w:rsidRPr="00A1343B" w:rsidRDefault="00A1343B" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...9 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Менің Қазақстаным» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>исполнение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еспублики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1E6B8DC9" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="784B891A" w14:textId="77777777" w:rsidR="00A1343B" w:rsidRDefault="00A1343B" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цитаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>недели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –лейтмотив </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внеучебной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деятельности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B500A22" w14:textId="726F9F08" w:rsidR="00E052BE" w:rsidRPr="00A1343B" w:rsidRDefault="00A1343B" w:rsidP="00E052BE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«қауіпсіздік сабағы» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 минут в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рамках</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>классного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>часа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соблюдении</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>личной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13D7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>безопасно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A1988A" w14:textId="45B332A1" w:rsidR="00E052BE" w:rsidRPr="00A1343B" w:rsidRDefault="00A1343B" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">«Менің Қазақстаным» </w:t>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ПРОФИЛАКТИЧЕСКИЕ МЕРОПРИЯТИЯ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1343B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F2B226D" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
-[...70 lines deleted...]
-    <w:p w14:paraId="71E48B20" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="5A65A5F8" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Цифрлық әлемде қауіпсіз қадам; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BA3971" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="089D1202" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Буллингтен</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қорған! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3A96C3" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="0CC89452" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ойынға салауатты көзқарас; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B6BA90" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="05EECD1B" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Өмірге салауатты қадам; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75200CBD" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="353F4AF1" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Қоғамдық мүлікті қорға! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6995941C" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="582AD9FD" w14:textId="77777777" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00E052BE" w:rsidP="00E052BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Қауіпсіз қоғам. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A872F5" w14:textId="2D428074" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="7EF9A1F6" w14:textId="609DECCD" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00A1343B" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ЖОБАЛАР</w:t>
+        <w:t xml:space="preserve">ПРОЕКТЫ  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="034EFA79" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="655FE993" w14:textId="2D52650F" w:rsidR="00E052BE" w:rsidRPr="001B2357" w:rsidRDefault="00A1343B" w:rsidP="00E052BE">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E052BE" w:rsidRPr="001B2357">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Балалар кітапханасы</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E052BE" w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қамқор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E052BE" w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбегі адал – жас өрен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E052BE" w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шабыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E052BE" w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұшқыр ой алаңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E052BE" w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Smart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E052BE" w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E052BE" w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>bala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E052BE" w:rsidRPr="001B2357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="07EBAE4B" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
+    <w:p w14:paraId="6D3C8C5B" w14:textId="138A7D6D" w:rsidR="00E23A4A" w:rsidRDefault="00A1343B" w:rsidP="00A1343B">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2357">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Қамқор </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778A2329" w14:textId="77777777" w:rsidR="001B2357" w:rsidRPr="001B2357" w:rsidRDefault="001B2357" w:rsidP="001B2357">
-[...133 lines deleted...]
-    <w:sectPr w:rsidR="001B2357" w:rsidRPr="00C17D5B">
+    <w:sectPr w:rsidR="00E23A4A" w:rsidSect="00B43162">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1642,84 +6846,84 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00145E6D"/>
+    <w:rsidRoot w:val="00E23A4A"/>
     <w:rsid w:val="00050EA7"/>
-    <w:rsid w:val="00145E6D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C17D5B"/>
+    <w:rsid w:val="001A0E41"/>
+    <w:rsid w:val="00A1343B"/>
+    <w:rsid w:val="00B43162"/>
+    <w:rsid w:val="00E052BE"/>
+    <w:rsid w:val="00E23A4A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7F9E9B6E"/>
+  <w14:docId w14:val="71CED2D9"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5396BE7D-80A5-4B8D-A397-11B3526378C7}"/>
+  <w15:docId w15:val="{FE8B392F-C47E-41CE-9BE0-C15B42100DC4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2079,92 +7283,92 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006E031A"/>
+    <w:rsid w:val="00E052BE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Обычный1"/>
-    <w:rsid w:val="00C17D5B"/>
+    <w:rsid w:val="00E052BE"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2445,69 +7649,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>481</Words>
-  <Characters>2744</Characters>
+  <Words>555</Words>
+  <Characters>3164</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3219</CharactersWithSpaces>
+  <CharactersWithSpaces>3712</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Анар Танирбергенова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>