--- v0 (2026-01-15)
+++ v1 (2026-03-06)
@@ -109,3376 +109,6042 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A58FDC4" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="730C2CFB" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+    <w:p w14:paraId="35267ECA" w14:textId="3FDAC91A" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> «Біртұтас тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1D8F" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="20DACA8D" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағдарламасының</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1D8F" w:rsidRPr="003B1D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00903B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1D8F" w:rsidRPr="003B1D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұжырымдамалық негізі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20DACA8D" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00B44B08" w:rsidRDefault="00547F46" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="04993B6C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04993B6C" w14:textId="3B697ACC" w:rsidR="00547F46" w:rsidRPr="008C0791" w:rsidRDefault="00547F46" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008C0791">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Содержание</w:t>
+        <w:t>Мазмұны</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
         <w:id w:val="43073421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w14:paraId="05895A8E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+        <w:p w14:paraId="05895A8E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00B44B08" w:rsidRDefault="00547F46" w:rsidP="00547F46">
           <w:pPr>
             <w:pStyle w:val="10"/>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="12000"/>
             </w:tabs>
             <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
-              <w:color w:val="000000"/>
+              <w:color w:val="FF0000"/>
+              <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="008C0791">
+            <w:rPr>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00B44B08">
+            <w:rPr>
+              <w:color w:val="FF0000"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
             <w:instrText xml:space="preserve"> TOC \h \u \z \t "Heading 1,1,Heading 2,2,Heading 3,3,Heading 4,4,Heading 5,5,Heading 6,6,"</w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="008C0791">
+            <w:rPr>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00B44B08">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
+              <w:color w:val="FF0000"/>
+              <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>Элементы оглавления не найдены.</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="008C0791">
+            <w:rPr>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="0163B588" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+    <w:p w14:paraId="0163B588" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00B44B08" w:rsidRDefault="00547F46" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6937E1DE" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6937E1DE" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00B44B08" w:rsidRDefault="00547F46" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE0FC16" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="1FE0FC16" w14:textId="7022670C" w:rsidR="00547F46" w:rsidRPr="00B44B08" w:rsidRDefault="00B800B6" w:rsidP="002B25AD">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Введение       </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6155BCDF" w14:textId="77777777" w:rsidR="00566F69" w:rsidRDefault="00454151" w:rsidP="002B25AD">
+        <w:t>Кіріспе</w:t>
+      </w:r>
+      <w:r w:rsidR="00547F46" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4953133A" w14:textId="5C1859B0" w:rsidR="002B2EC2" w:rsidRDefault="002B2EC2" w:rsidP="00B800B6">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...42 lines deleted...]
-    <w:p w14:paraId="538F42FD" w14:textId="5DAA8047" w:rsidR="00566F69" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00486A89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цифрлық технологиялардың </w:t>
+      </w:r>
+      <w:r w:rsidR="00903B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">даму </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00486A89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарқыны, әлеуметтік желілердің әсері, киберқауіпсіздік мәселелері бойынша ақпараттың қажеттілігі білім беру мен тәрбие мәселелеріне жаңа көзқарасты, оқу-тәрбие процесіне құндылықтарды енгізудің маңыздылығын қайта қарастыруды талап етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67AA7979" w14:textId="3E75D402" w:rsidR="00B800B6" w:rsidRDefault="00B800B6" w:rsidP="00B800B6">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Мемлекет басшысы Қ. Қ. Тоқаев жыл сайынғы Ұлттық құрылтай</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r>
-[...133 lines deleted...]
-    <w:p w14:paraId="5E06BA14" w14:textId="0FF04227" w:rsidR="00566F69" w:rsidRDefault="00566F69" w:rsidP="00566F69">
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырысында сөйлеген сөзінде өскелең ұрпақты тәрбиелеуге ерекше назар аударды</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сондай-ақ ұлт </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бейнесіне </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әсер ететін негізгі құндылықтарды айқындады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047E5F4B" w14:textId="77777777" w:rsidR="00B44B08" w:rsidRPr="00B44B08" w:rsidRDefault="00B44B08" w:rsidP="00B44B08">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="4140AF49" w14:textId="722188F7" w:rsidR="00547F46" w:rsidRPr="008829E0" w:rsidRDefault="00ED44C5" w:rsidP="002B25AD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәуелсіздік және Отаншылдық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1A7C56" w14:textId="77777777" w:rsidR="00B44B08" w:rsidRPr="00B44B08" w:rsidRDefault="00B44B08" w:rsidP="00B44B08">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...51 lines deleted...]
-    <w:p w14:paraId="69915B7C" w14:textId="213023F0" w:rsidR="00547F46" w:rsidRPr="00C9056D" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бірлік және Ынтымақ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3620E302" w14:textId="77777777" w:rsidR="00B44B08" w:rsidRPr="00B44B08" w:rsidRDefault="00B44B08" w:rsidP="00B44B08">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...85 lines deleted...]
-    <w:p w14:paraId="39A76ED8" w14:textId="2E60CAFD" w:rsidR="00547F46" w:rsidRDefault="00566F69" w:rsidP="002B25AD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әділдік және Жауапкершілік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B18FA1" w14:textId="77777777" w:rsidR="00B44B08" w:rsidRPr="00B44B08" w:rsidRDefault="00B44B08" w:rsidP="00B44B08">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="67541953" w14:textId="5EFDC0AD" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заң және Тәртіп</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DFED68" w14:textId="77777777" w:rsidR="00B44B08" w:rsidRPr="00B44B08" w:rsidRDefault="00B44B08" w:rsidP="00B44B08">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...84 lines deleted...]
-    <w:p w14:paraId="205C8296" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбекқорлық және Кәсіби біліктілік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B7EF15" w14:textId="1FCF51B8" w:rsidR="00B44B08" w:rsidRPr="00B800B6" w:rsidRDefault="00B44B08" w:rsidP="00B44B08">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="180A6A85" w14:textId="28E5564D" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жасампаздық және Жаңашылдық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FE6431" w14:textId="1D2A0BC6" w:rsidR="00B800B6" w:rsidRPr="00B800B6" w:rsidRDefault="00903B5E" w:rsidP="00B800B6">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00903B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұл құндылықтар «Біртұтас тәрбие» бағдарламасының (бұдан әрі – Бағдарлама) негізіне айналады </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...19 lines deleted...]
-        <w:t>рограммы</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құндылық</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> для </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құзыреттілікке </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бағдарланған </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәсіл</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>демелер</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде білім алушының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...129 lines deleted...]
-    <w:p w14:paraId="0382F82A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұлғалық қасиеттерін</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыруға ықпал ететін негізгі қағида</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44B08" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен мақсаттарды айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5670CF" w14:textId="23183601" w:rsidR="00B800B6" w:rsidRPr="00B800B6" w:rsidRDefault="00B800B6" w:rsidP="00B800B6">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаның мақсаты</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="5277087F" w14:textId="68345121" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылардың </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>парасаттылық, адалдық</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, жауапкершілік</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәдениеті</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н қалыптастыру және креативті, инновациялық ойлауын дамыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42329A34" w14:textId="7985AB72" w:rsidR="00B800B6" w:rsidRPr="00B800B6" w:rsidRDefault="00B800B6" w:rsidP="00B800B6">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...56 lines deleted...]
-    <w:p w14:paraId="3B8DD48B" w14:textId="41838639" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A529109" w14:textId="43B5F50A" w:rsidR="00B800B6" w:rsidRPr="00B800B6" w:rsidRDefault="00B800B6" w:rsidP="00B800B6">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім беру мазмұны, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...138 lines deleted...]
-    <w:p w14:paraId="4B1F9B42" w14:textId="6DC106DB" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қу материалдары және тәрбие іс-шаралары арқылы құндылықтарды </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәріптеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C92DF6F" w14:textId="34918297" w:rsidR="00B800B6" w:rsidRPr="00B800B6" w:rsidRDefault="00B800B6" w:rsidP="00B800B6">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім алушылардың </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">парасаттылық, адалдық, жауапкершілік мәдениетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыруға бағытталған іс-шаралар кешенін әзірлеу және енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69928501" w14:textId="2770480C" w:rsidR="00B800B6" w:rsidRPr="00B800B6" w:rsidRDefault="00B2348B" w:rsidP="00B800B6">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00F12149">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәрбие процесіндегі тұтастықты қамтамасыз ету үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналармен, мүдделі мемлекеттік органдар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен </w:t>
+      </w:r>
+      <w:r w:rsidR="00B800B6" w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ынтымақтастықты нығайту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350575D8" w14:textId="1206BCDC" w:rsidR="00B800B6" w:rsidRPr="00B800B6" w:rsidRDefault="008934ED" w:rsidP="00B800B6">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="00B800B6" w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәжірибесін бейімдеу және оңтайландыру үшін мониторинг және кері байланыс жүйесі арқылы </w:t>
+      </w:r>
+      <w:r w:rsidR="00D34890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00B800B6" w:rsidRPr="00B800B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағдарламаның тиімділігін бағалау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5583BDC5" w14:textId="154BC1A4" w:rsidR="008934ED" w:rsidRPr="008934ED" w:rsidRDefault="00D34890" w:rsidP="008934ED">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008934ED" w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаның күтілетін нәтижесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A140BEE" w14:textId="688313EB" w:rsidR="008934ED" w:rsidRPr="008934ED" w:rsidRDefault="00D34890" w:rsidP="008934ED">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қоғам мен елдің дамуына үлес қосуға дайын Қазақстанның парасатты, белсенді және саналы азаматтарын тәрбиелеу</w:t>
+      </w:r>
+      <w:r w:rsidR="00C06F62" w:rsidRPr="00C06F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008934ED" w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDF3156" w14:textId="77777777" w:rsidR="0060249E" w:rsidRDefault="0060249E" w:rsidP="008934ED">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1A8061" w14:textId="09748BF5" w:rsidR="008934ED" w:rsidRPr="008934ED" w:rsidRDefault="008934ED" w:rsidP="008934ED">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Отандық тәжірибе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BBD7B0" w14:textId="2CF0A76E" w:rsidR="008934ED" w:rsidRPr="008934ED" w:rsidRDefault="00DA60CC" w:rsidP="009D1C24">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA60CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәрбиенің негізі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA60CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту, тәрбие және дамудың бірлігін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қамтитын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA60CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үйлесімді дамыған тұлға «Толық адам» ұлттық идеалы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidR="008934ED" w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FE7" w:rsidRPr="004C2FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбие – ұрпақты биік мұратқа жетелейтін сапалы білімнің тұғыры және тұлғаның адамгершілік тұрғыдан толысуын қамтитын үздіксіз процесс. Адам жанын игілікпен, ізгілікпен қуаттандырып, адами құнды қасиеттермен қанаттандырады.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Демек, т</w:t>
+      </w:r>
+      <w:r w:rsidR="008934ED" w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрбиенің мәні</w:t>
+      </w:r>
+      <w:r w:rsidR="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="008934ED" w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұлттық және жалпыадамзаттық құндылықтар негізінде білім алушылардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұлғалық қасиеттерін</w:t>
+      </w:r>
+      <w:r w:rsidR="008934ED" w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыру үшін жағдай жасау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED99366" w14:textId="19102E40" w:rsidR="008934ED" w:rsidRDefault="008934ED" w:rsidP="008934ED">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім беру </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA60CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүйесінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құндылықтарын айқындау</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA60CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Президенті Қасым-Жомарт Тоқаевтың Жолдаулары мен бағдарламалық мақалалары</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA60CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA60CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түйінді мәселелер</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1C6F" w:rsidRPr="008934ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA60CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағартушыларының, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ойшылдарының педагогикалық идеялары, Қазақстанның балалары мен жастары туралы өзекті зерттеулердің нәтижелері, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A01C10" w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбиеге жүйелі көзқарасты қамтамасыз ету жөніндегі білім беруді дамытудың қазіргі заманғы үрдістері</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және бала тәрбиесіндегі</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01C10" w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отбасы, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A01C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оғам </w:t>
+      </w:r>
+      <w:r w:rsidR="00A01C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ықпалы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008934ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ескерілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273EBFE7" w14:textId="24461B0D" w:rsidR="008934ED" w:rsidRPr="008934ED" w:rsidRDefault="00F6077A" w:rsidP="008E6CE7">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сонымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адамның жан-жақты дамуы мен өзін-өзі жетілдіру идеяларының дамуы қазақ халқының ұлттық-мәдени кодында және педагогикалық ойында кеңінен көрініс тапты, оған Алып-Ер-То</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нғаның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жомарттық туралы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л-Фарабидің </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>парасаттылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жүсіп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Баласа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">берекелі білім туралы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қожа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ахме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ясс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рухани жай-күйі туралы, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D87CE3" w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағартушылар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ы.Алтынсарин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нанбаев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ш. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дайбердиев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D87CE3" w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сондай-ақ қазақ зиялылары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А. Байт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рсынов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, М. Дулатов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Аймауытов, М. Жұмабаев және басқа да ойшылдардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ілімдері негіз болды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6077A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E9D4B6" w14:textId="4CB0D406" w:rsidR="008E6CE7" w:rsidRPr="009D1C24" w:rsidRDefault="00D87CE3" w:rsidP="009D1C24">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көптеген қазақ жырауларының шығармашылығында адалдық, мейірімділік, қарапайымдылық, жомарттық және достық сияқты адамгершілік қасиеттер көрініс тапты. Қазақ даласының </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>едагог-ағартушысы Ыбырай Алтынсарин жастарды адамгершілік рухында тәрбиелеу мектептің басты міндеті деп есептеді. Мағжан Жумабаев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
-      <w:r w:rsidRPr="00F12149">
-[...15 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D87CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиенің төрт негізгі бағытын атап өтті: ақыл-ой тәрбиесі, мінезді тәрбиелеу, эстетикалық тәрбие және дене тәрбиесі. Ахмет Байтұрсынов, Міржақып Дулатов, Жүсіпбек </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аймауытов</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-    <w:p w14:paraId="169406C0" w14:textId="461CB2F7" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+      <w:r w:rsidRPr="00D87CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және басқалар</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамгершілік бағдарлардың жалпы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жүйесі ана тіліне, ата-бабаларының өзіндік мәдениеті мен жадына құрметпен қарауға негізделуі тиіс деп мәлімдеді. ХХ ғасырдың 40-90 жж. ғалымдары еңбектерінде ұлттық ерекшеліктерді ескере отырып, тұлғаның рухани мәдениетін қалыптастыру мәселелері көтеріледі.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бұл аталған идеялардың барлығы Бағдарламаның әдіснамалық негізін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC1075D" w14:textId="3A1F2201" w:rsidR="008E6CE7" w:rsidRDefault="008E6CE7" w:rsidP="002B25AD">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының Конституциясында мемлекеттің ең жоғары құндылықтары: адам құндылығы, оның өмірі, құқықтары мен бостандықтары бекітілген. Жастардың маңызды басымдықтары ретінде білімге ұмтылу, еңбекқорлық және патриотизм айқындалды. Біздің қоғамның </w:t>
+      </w:r>
+      <w:r w:rsidR="000B09A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">негізгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құндылықтарымен Қазақстан егемендігінің Мәңгілік үштігі – аумақтық тұтастық, мемлекеттік тіл және бірлік бекітілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4487FA19" w14:textId="77777777" w:rsidR="008E6CE7" w:rsidRPr="008E6CE7" w:rsidRDefault="008E6CE7" w:rsidP="00FA4C94">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="1E3068D5" w14:textId="5D7BC8CA" w:rsidR="00547F46" w:rsidRPr="00840E5E" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Халықаралық тәжірибе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA95615" w14:textId="11C7C9B0" w:rsidR="008E6CE7" w:rsidRDefault="000B09A4" w:rsidP="008E6CE7">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әр</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>елдің білім беру жүйе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і өмір бойы білім алу және өзін-өзі дамыту идеясын қолдай отырып, білім алушыларды </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұлғалық дамытуға басымдық береді</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Үздіксіз білім беру шеңберінде</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C80686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушыларды </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылдам өзгермелі әлемде өмір сүру мен </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidR="00C80686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасауға</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәтті бейімделу</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажетті икемділік, бейімделу және өзін-өзі </w:t>
+      </w:r>
+      <w:r w:rsidR="00C80686" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үздіксіз </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жетілдіру сияқты </w:t>
+      </w:r>
+      <w:r w:rsidR="00C80686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">маңызды </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қасиеттерді дамытуға баса назар аударылады</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
-      <w:r w:rsidRPr="00840E5E">
-[...8 lines deleted...]
-    <w:p w14:paraId="42326342" w14:textId="2130EAB5" w:rsidR="00547F46" w:rsidRPr="00840E5E" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Алайда, жеке тұлғаны қалыптастыру тәсілдері айтарлықтай өзгеше болуы мүмкін, бірақ тұтастай алғанда олардың барлығы </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушыларды</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6CE7" w:rsidRPr="008E6CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоғамда және кәсіби салада табысты өмір сүруге дайындауға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A319D10" w14:textId="4D55997D" w:rsidR="001F4AAB" w:rsidRDefault="008E6CE7" w:rsidP="008E6CE7">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="2216B771" w14:textId="4E08285C" w:rsidR="00547F46" w:rsidRPr="00840E5E" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АҚШ білім беру жүйесінде білім алушының жеке басын дамытуға </w:t>
+      </w:r>
+      <w:r w:rsidR="00C80686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басымдық береді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Тәрбие бағдарламасы </w:t>
+      </w:r>
+      <w:r w:rsidR="00C80686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу тапсырмаларының және сыныптан тыс іс-шаралардың мазмұнына кіріктірілген.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектептер</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтік және </w:t>
+      </w:r>
+      <w:r w:rsidR="00C80686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұлғалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қасиеттерді қалыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсатында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу стандарттарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>азаматтық білім беру, этика және әлеуметтік ғылымдар бағдарламаларын енгізеді. Б</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D47" w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көшбасшылық </w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пен командада жұмыс істеу  дағдыларын дамыту және жауапкершілігін қалыптастыру үшін   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптан тыс </w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-шараларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, спорт</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көп көңіл бөлінеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A67AB7A" w14:textId="46418226" w:rsidR="00F26C9C" w:rsidRPr="00F26C9C" w:rsidRDefault="00F26C9C" w:rsidP="00F26C9C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00406636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еуропа елдерінде</w:t>
+      </w:r>
+      <w:r w:rsidR="00406636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004438E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> академиялық жетістіктер</w:t>
+      </w:r>
+      <w:r w:rsidR="004438E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>імен қатар олардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> эмоционалды әл-ауқат</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ына, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлеуметтік бейімделу</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іне, яғни </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кешенді дамуына көп көңіл бөлінеді. О</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у бағдарламалары</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның мазмұнына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоғамның жауапты және саналы мүшелерін қалыптастыруға бағытталған моральдық және азаматтық тәрбие элементтері </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кіріктірілген</w:t>
+      </w:r>
+      <w:r w:rsidR="00547F46" w:rsidRPr="00406636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
-      <w:r w:rsidRPr="00840E5E">
-[...4 lines deleted...]
-          <w:highlight w:val="white"/>
+      <w:r w:rsidR="00547F46" w:rsidRPr="00406636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C882312" w14:textId="17AC7B2B" w:rsidR="00547F46" w:rsidRPr="001E3A72" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="428AA018" w14:textId="0FE19864" w:rsidR="00F26C9C" w:rsidRPr="00F26C9C" w:rsidRDefault="00F26C9C" w:rsidP="002B25AD">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-          <w:highlight w:val="white"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Азия елдерінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру стандартына енгізілген. Жапония мен Оңтүстік Кореяда жалпы мектепті</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс-шаралар мен сынып сағаттары арқылы білім алушылардың моральдық және патриоттық тәрбиесіне үлкен мән беріледі. Қытайда оқу бағдарламалары</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шеңберінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> идеология мен моральдық тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ні қамтитын сағаттар қарастырылады, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бұл </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94" w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азаматтық бірегейлікті қалыптастырудағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектептің рөлін</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ің басымдығын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетеді. Гонконгтың</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру стандарты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қытай философиясына негізделген </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табандылық, құрмет, жауапкершілік, ұлттық бірегейлік, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>с высокими ожиданиями и строгой дисциплиной</w:t>
+        <w:t xml:space="preserve">адалдық, басқаларға қамқорлық, заңға бағыну, эмпатия және еңбекқорлық </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құндылықтарына басымдық береді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Бұл елдерде мектеп</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>егі тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге жоғары талап пен қатаң </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртіп</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті сақтаумен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байланысты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сингапурдың оқу бағдарламасында қамқорлық, адалдық, құрмет, төзімділік, жауапкершілік және үйлесімділік сияқты құндылықтарға негізделген құзыреттерді дамытуға баса назар аударылады</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="0D0D0D"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="13"/>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001E3A72">
-[...25 lines deleted...]
-    <w:p w14:paraId="6DB64C24" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="001E3A72" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    </w:p>
+    <w:p w14:paraId="364A08DF" w14:textId="661BEECF" w:rsidR="00F26C9C" w:rsidRDefault="00F26C9C" w:rsidP="00F26C9C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЮНЕСКО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-ның «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім берудің жаһандық мониторингі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есебінде білім алушылардың адам құқықтары мен этномәдени әртүрлілікке деген құрметін қалыптастыру және жаһандық азаматтық тәрбие беру қажеттілігін атап көрсетеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="14"/>
       </w:r>
-      <w:r w:rsidRPr="001E3A72">
-[...8 lines deleted...]
-    <w:p w14:paraId="059402C8" w14:textId="63E4D04D" w:rsidR="00547F46" w:rsidRPr="001E3A72" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7374CDCE" w14:textId="67037516" w:rsidR="00F26C9C" w:rsidRPr="00F26C9C" w:rsidRDefault="008D0BF9" w:rsidP="00F26C9C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...126 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кономикалық ынтымақтастық және даму ұйымы (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЭЫДҰ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F26C9C" w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PISA бағдарламасының зерттеулері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F26C9C" w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру жүйелерінің білім алушылардың өзгермелі әлеуметтік және экономикалық жағдайларға бейімделу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26C9C" w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажетті қабілеттерін дамыту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға ықпалын </w:t>
+      </w:r>
+      <w:r w:rsidR="00F26C9C" w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зерттейді. </w:t>
+      </w:r>
+      <w:r w:rsidR="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЭЫДҰ</w:t>
+      </w:r>
+      <w:r w:rsidR="00546081" w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-ның</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26C9C" w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26C9C" w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>астарымызды инклюзивті және тұрақты әлемге дайындау</w:t>
+      </w:r>
+      <w:r w:rsidR="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26C9C" w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есебі тұрақты болашақ үшін негізгі құзыреттерді дамытуға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ерекше мән береді</w:t>
+      </w:r>
+      <w:r w:rsidR="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
       </w:r>
-      <w:r w:rsidRPr="001E3A72">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00546081" w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1A3B7652" w14:textId="726972C3" w:rsidR="00547F46" w:rsidRPr="001E3A72" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+      <w:r w:rsidR="00F26C9C" w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F68722A" w14:textId="0130C7BA" w:rsidR="00F26C9C" w:rsidRDefault="00F26C9C" w:rsidP="00F26C9C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дүниежүзілік банк өз бастамаларында </w:t>
+      </w:r>
+      <w:r w:rsidR="00E818A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кономикалық даму </w:t>
+      </w:r>
+      <w:r w:rsidR="00E818A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>призмасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы білім берудің маңыздылығын атап өтіп, кедейлікті азайту және өмір сүру жағдайларын жақсарту үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбиенің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маңыздылығына назар аударады</w:t>
+      </w:r>
+      <w:r w:rsidR="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="16"/>
       </w:r>
-      <w:r w:rsidR="00D74431" w:rsidRPr="001E3A72">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00546081" w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7636DC16" w14:textId="7ECD6364" w:rsidR="00547F46" w:rsidRPr="001E3A72" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+      <w:r w:rsidRPr="00F26C9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49826B7E" w14:textId="548556A1" w:rsidR="00546081" w:rsidRPr="00546081" w:rsidRDefault="00546081" w:rsidP="00546081">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...148 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осылайша, әдістер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәсілдер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айырмашылықтары болғанымен, көптеген елдерде тәрбие білім беру стандарттарының мазмұнымен тығыз байланысты және әртүрлі сабақтан тыс жұмыстармен толықтырылған. </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1040" w:rsidRPr="003B1040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл тәсіл</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деме</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1040" w:rsidRPr="003B1040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушылардың тек академиялық білімдерін ғана емес, сонымен қатар әлеуметтік, құқықтық және этикалық мінез-құлық нормаларын қалыптастыруға мүмкіндік береді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A62FF4" w14:textId="04E01FD1" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00D74431" w:rsidP="002B25AD">
+    <w:p w14:paraId="2B629119" w14:textId="736DCC7E" w:rsidR="00546081" w:rsidRPr="00546081" w:rsidRDefault="00546081" w:rsidP="00546081">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрби</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е мәселесіне қатысты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отандық және халықаралық тәжірибені талдау құндылықтарға негізделген тәрбие бағдарламасына келесі аспектілерді </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бейімдеу және кіріктіру ұсынылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F653B21" w14:textId="1697FE37" w:rsidR="00546081" w:rsidRPr="00546081" w:rsidRDefault="00546081" w:rsidP="00546081">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Тұлғаның дамуы</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұтастығын қамтамасыз ету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, яғни </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағдарлама білім алушылардың</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғалық дамуының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барлық аспектілері – ақыл-ой, физикалық, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>леуметтік және эмоционалдық үйлесімді дамуына ықпал етуі керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699A5307" w14:textId="77777777" w:rsidR="00546081" w:rsidRPr="00546081" w:rsidRDefault="00546081" w:rsidP="00546081">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Құндылықтарды білім беру мазмұнына интеграциялау оқу бағдарламаларының білім алушылардың өзгермелі өмір сүру жағдайларына сәтті бейімделуі үшін олардың икемді дағдыларын дамытуға бағытталуын қамтамасыз етуге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F323B46" w14:textId="7683B340" w:rsidR="00F26C9C" w:rsidRDefault="00546081" w:rsidP="00546081">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3. Білім беру мазмұны, оның ішінде тәрбие бағдарламасы қазақ ойшылдарының </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мұралары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен заманауи педагогикалық зерттеулерге сүйене отырып, құндылықтарды </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кіріктіруі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDE4E96" w14:textId="71E8FE12" w:rsidR="00546081" w:rsidRPr="00546081" w:rsidRDefault="00546081" w:rsidP="00546081">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұл аспектілер </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>академиялық дайынды</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғана емес, сонымен қатар қазіргі әлемде нәтижелі өзара әрекеттесуге қабілетті әлеуметтік жауапты, моральдық жағынан жетілген және мәдени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бай азаматтарды қалыптастыруға </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ықпал етеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B271E0" w14:textId="27D0F147" w:rsidR="000C4989" w:rsidRDefault="00546081" w:rsidP="003A0240">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отандық және халықаралық тәжірибені талдау</w:t>
+      </w:r>
+      <w:r w:rsidR="00E818A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546081">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құндылықтар білім беру, оның ішінде тәрбие мазмұнының негізі болып табылатынын көрсетті. Құндылықтарды білім беру мазмұнына енгізу, сондай-ақ үздіксіз өзін-өзі жетілдіруге және бейімделуге баса назар аудару білім алушыларды қоғамдағы табысты өмірге дайындауға мүмкіндік береді және жалпы қоғамның дамуына ықпал етеді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207" w:rsidRPr="00B42207">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207" w:rsidRPr="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы отандық және х</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207" w:rsidRPr="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алықаралық тәжірибелерді шолу білім алушылардың әл-ауқатын қамтамасыз ету, олардың білім беру ортасында толыққанды дамуына жағдай жасау, ұлттық мәдениет пен құндылықтарға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту мен </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207" w:rsidRPr="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207" w:rsidRPr="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">идеяларын </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кіріктіретіні</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207" w:rsidRPr="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н аңғартады</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5646A299" w14:textId="0B88D431" w:rsidR="00D34AFE" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="003537A5">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құндылыққа бағдарланған тәсілдің әлеуметтік маңыздылығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628EC06D" w14:textId="448FCEF6" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="000C4989">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құндылықтар адамның белгілі бір әрекет </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">етуге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">деген тұрақты сенімін білдіреді және жеке адамның да, бүкіл қоғамның да өркендеуінің негізі болып табылады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207" w:rsidRPr="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құндылық адамның өмірлік ұстанымына, таңдауына, шешім қабылдауына ұстын болатын көзқарастар жүйесін қалыптастыруға ықпал етеді, оның іс-әрекетін, мінез-құлқын анықтайды</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207" w:rsidRPr="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00547F46" w:rsidRPr="004126C1">
-[...8 lines deleted...]
-    <w:p w14:paraId="4F8A7623" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Олар ата-аналардың, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және білім беру ұйымдарының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрекеті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен көзқарастары үлгі болған кезде рөлдік модельдеу және эмоционалды әсер ету арқылы жүзеге асырылатын өскелең ұрпақтың дүниетанымын қалыптастыруға және этикалық нормаларды сақтауға айтарлықтай әсер етеді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="17"/>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B87EC0" w14:textId="0E654CD8" w:rsidR="000C4989" w:rsidRDefault="000C4989" w:rsidP="000C4989">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сондықтан білім беру ұйымдарында білім алушылардың әл-ауқатына бағытталған танымдық қабілеттерін, моральдық пайымдау</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC501C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC501C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шешім қабылдауын дамытуды қамтамасыз ету қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44077F1E" w14:textId="5B3AF556" w:rsidR="000C4989" w:rsidRDefault="000C4989" w:rsidP="000C4989">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру жүйесінің мазмұнындағы негізгі құндылықтар ретінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0A769C" w14:textId="19DE72F7" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="000C4989">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәуелсіздік және Отаншылдық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B750A6D" w14:textId="2AADCA4A" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="000C4989">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бірлік және Ынтымақ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="641DC393" w14:textId="2D047983" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="000C4989">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әділдік және Жауапкершілік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50940E81" w14:textId="48D536F2" w:rsidR="000C4989" w:rsidRDefault="000C4989" w:rsidP="000C4989">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заң және Тәртіп</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="368B280A" w14:textId="0E554AB4" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="000C4989">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбекқорлық және Кәсіби біліктілік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160AA657" w14:textId="09F1C907" w:rsidR="000C4989" w:rsidRPr="00D00757" w:rsidRDefault="000C4989" w:rsidP="000C4989">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жасампаздық және Жаңашылдық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A9AA24" w14:textId="598D151B" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="00D00757">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Базалық құндылықтарды сіңіру негізінде білім алушылар түлек моделін айқындайтын негізгі құзыреттерді дамытуы тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F10BDB" w14:textId="05714756" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="00D00757">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1. Ұлттық мүдделерді ілгерілету</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отанының дамуына өз үлесін қосуға, өз елінің ұлттық мүдделерін қорғауға және ілгерілетуге дайын болу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0460B62A" w14:textId="7E5D0C27" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="00D00757">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Тиімді коммуникация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қарым-қатынас, эмпатия, топтық жұмыс және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қақтығыстарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешу дағдылары арқылы түрлі әлеуметтік ортадағы инклюзивтілік пен бірлікті дамыта отырып, басқалармен тиімді ынтымақтастыққа дайын болу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D39286D" w14:textId="4F5DD1F7" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="00D00757">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Қоғамға қызмет ету</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тикалық, </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>леуметтік және мәдени тұрғыдан қолайлы тәжірибелерді пайдалана отырып, қоғамның дамуына ерікті үлес қосуға дайын болу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D095CB" w14:textId="49DD9162" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="00D00757">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Азаматтық борыш</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0680" w:rsidRPr="009A0680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>этикалық мінез-құлықты, адалдықты және заңның үстемдігін сақтауға деген адалдықты көрсете отырып, қоғамның нормаларын құрметтеу және ұстану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310F6F6E" w14:textId="0CB96EFF" w:rsidR="000C4989" w:rsidRPr="000C4989" w:rsidRDefault="000C4989" w:rsidP="00D00757">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Инновациялық ойлау </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары нәтижелерге қол жеткізуге ұмтылу және кедергілерді жеңуге, жаңа дағдыларды игеруге</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC501C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз әлеуетін толық іске асыруға ынталы болуға дайын болу</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC501C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, осылайша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оларды болашақ бастамаларда табысқа жетуге дайындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B945463" w14:textId="24A929BD" w:rsidR="00D00757" w:rsidRPr="004D11EE" w:rsidRDefault="000C4989" w:rsidP="004D11EE">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Шығармашылық</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пайдалы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>контекстке сәйкес идеяларды және мәселелерді шешудің дәстүрлі емес тәсілдері</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r w:rsidR="00D00757" w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түпнұсқа</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасау мүмкіндігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F54F20" w14:textId="797D1FB2" w:rsidR="00D00757" w:rsidRPr="00D00757" w:rsidRDefault="00D00757" w:rsidP="00D00757">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...35 lines deleted...]
-    <w:p w14:paraId="0DE2F608" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осылайша, құндылықтар мен құзыреттер білім алушының </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұлғалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму мақсаттары мен бағытын анықтайды, ал мамандық оларға практикалық іс-әрекетте құндылық сенімдерін жүзеге асыруға және қоршаған әлемде өмір сүруге көмектеседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE949A0" w14:textId="17FA622B" w:rsidR="00D00757" w:rsidRPr="00D00757" w:rsidRDefault="00D00757" w:rsidP="00D00757">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="57055829" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтенуіндегі негізгі моральдық, этикалық және инструментал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құндылықтарды түрлендіру келесі әдістер арқылы жүзеге асырылуы мүмкін </w:t>
+      </w:r>
+      <w:r w:rsidR="004D11EE" w:rsidRPr="004126C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="18"/>
+      </w:r>
+      <w:r w:rsidR="004D11EE" w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBA7883" w14:textId="30F33D51" w:rsidR="00D00757" w:rsidRPr="00D00757" w:rsidRDefault="00D00757" w:rsidP="00D00757">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...40 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...429 lines deleted...]
-    <w:p w14:paraId="57BFA8CF" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы оқыту: моральдық және этикалық құндылықтар туралы ақпарат беру, сондай-ақ жағымды мінез-құлық үлгілерін </w:t>
+      </w:r>
+      <w:r w:rsidR="00836BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәріптеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FADF6F5" w14:textId="43822070" w:rsidR="00D00757" w:rsidRPr="00D00757" w:rsidRDefault="00D00757" w:rsidP="00D00757">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‒ пікірталастар мен рефлексия: өзінің құндылық сенімдерін талдау және негіздеу дағдыларын қалыптастыру үшін пікірталастар, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...227 lines deleted...]
-    <w:p w14:paraId="650D2AD4" w14:textId="4D7BC94C" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дебат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және рефлексиялық тәжірибелер жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE7E5C6" w14:textId="4CF88F82" w:rsidR="00D00757" w:rsidRPr="00D00757" w:rsidRDefault="00D00757" w:rsidP="00D00757">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...291 lines deleted...]
-    <w:p w14:paraId="70B7E3E0" w14:textId="242B138A" w:rsidR="00547F46" w:rsidRPr="00403D3C" w:rsidRDefault="00403D3C" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- рөлдік ойындар мен модельдеу: түрлі нұсқаларда моральдық және этикалық шешімдерді практикалық қолдану үшін ойын форматтарын қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E66D5CA" w14:textId="31387F19" w:rsidR="00D00757" w:rsidRPr="00D00757" w:rsidRDefault="00D00757" w:rsidP="00D00757">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- жобалық </w:t>
+      </w:r>
+      <w:r w:rsidR="00836BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: практикалық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-әрекетте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімдерді қолдануға бағытталған жобаларды ұйымдастыру, бұл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инструменталды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дағдыларды дамытуға ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A247FB3" w14:textId="5F70BADF" w:rsidR="00D00757" w:rsidRPr="00D00757" w:rsidRDefault="00D00757" w:rsidP="00D00757">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- тәлімгерлік және қолдау: жаңа моральдық және этикалық құндылықтар бойынша құзыреттерді қалыптастыру процесінде педагогт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р, ата-аналар тарапынан қолдауды қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734CA590" w14:textId="41BBDE03" w:rsidR="00D00757" w:rsidRPr="00DC7AE6" w:rsidRDefault="00D00757" w:rsidP="004D11EE">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00403D3C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7AE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00547F46" w:rsidRPr="00403D3C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жоғарыда аталған әдістер ұсынымдық сипатқа ие және оқу-тәрбие процесінде құндылықтарды </w:t>
+      </w:r>
+      <w:r w:rsidR="00114EB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="02839F00" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәріптеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін қолданыла алады. Білім алушылардың шығармашылығы мен қажеттіліктеріне қарай бейімделетін көптеген басқа әдістер бар екенін есте ұстаған жөн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D15D8F4" w14:textId="77777777" w:rsidR="004D11EE" w:rsidRDefault="004D11EE" w:rsidP="004D11EE">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="0E776E9D" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18E41DB3" w14:textId="447023AF" w:rsidR="004D11EE" w:rsidRPr="00AC7375" w:rsidRDefault="004D11EE" w:rsidP="004D11EE">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="16DB2594" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтиже</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сінде қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұндылықтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>декомпазициясы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02541CB2" w14:textId="1A47A3AA" w:rsidR="004D11EE" w:rsidRPr="004D11EE" w:rsidRDefault="004D11EE" w:rsidP="004D11EE">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F1F1F"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004126C1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құндылықтар декомпазициясын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бұл күрделі ұғымдарды қарапайым және түсінікті компоненттерге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бөлшектеп байланыстыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесі, </w:t>
+      </w:r>
+      <w:r w:rsidR="00114EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">яғни </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру процесіне осы құндылықтарды жақсы түсінуге және тиімді енгізуге мүмкіндік береді. </w:t>
+      </w:r>
+      <w:r w:rsidR="00114EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың бойында қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұндылықтарды қалыптастыру өзін-өзі жүзеге асыруға, қоғам мен мемлекет өміріне белсенді қатысуға қабілетті тұлғаны тәрбиелеуде шешуші рөл атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26106409" w14:textId="2E96C8AA" w:rsidR="004D11EE" w:rsidRDefault="004D11EE" w:rsidP="004D11EE">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл тәсіл әрбір құндылықты д</w:t>
+      </w:r>
+      <w:r w:rsidR="00114EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін қажетті </w:t>
+      </w:r>
+      <w:r w:rsidR="00114EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұлғалық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қасиеттер мен әрекеттерді анықтауға көмектеседі. Құндылықтар адамгершілік және патриоттық тәрбиенің негізін қалыптастыратынын, әлеуметтік бірлікті нығайтуға, заң мен тәртіпті сақтауға ықпал ететінін, сондай-ақ кәсіби даму мен инновацияны ынталандыратынын түсіну маңызды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB26AF9" w14:textId="7A81F370" w:rsidR="004D11EE" w:rsidRPr="004D11EE" w:rsidRDefault="004D11EE" w:rsidP="004D11EE">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D11EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="1F1F1F"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> – это основополагающие ценности, которые формируют личность, способную к самореализации и активному участию в жизни страны.</w:t>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәуелсіздік пен </w:t>
+      </w:r>
+      <w:r w:rsidR="00724F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отаншылдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзін-өзі жүзеге асыруға және ел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>інің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өміріне белсенді қатысуға қабілетті тұлғаны қалыптастыратын негізгі құндылықтар.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9330" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2385"/>
         <w:gridCol w:w="3855"/>
         <w:gridCol w:w="3090"/>
       </w:tblGrid>
       <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="3F11E3E1" w14:textId="77777777" w:rsidTr="00AE2289">
         <w:trPr>
           <w:cantSplit/>
@@ -3522,11927 +6188,14895 @@
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="033FC524" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="033FC524" w14:textId="1BA25109" w:rsidR="00547F46" w:rsidRPr="00724F2C" w:rsidRDefault="00724F2C" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Описание</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сипаттама</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="407AB8D7" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="407AB8D7" w14:textId="6D5F927A" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00724F2C" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
+            <w:r w:rsidRPr="00724F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Личностные качества</w:t>
+              <w:t>Жеке қасиеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="1765CF34" w14:textId="77777777" w:rsidTr="00AE2289">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2235"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C5FFC11" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="2C5FFC11" w14:textId="6812C76F" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00724F2C" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Понимание и уважение Независимости</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тәуелсіздікті түсіну және құрметтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7955DD08" w14:textId="4972FCBF" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00403D3C" w:rsidP="003537A5">
+          <w:p w14:paraId="7733931D" w14:textId="34C0D01F" w:rsidR="00724F2C" w:rsidRPr="00724F2C" w:rsidRDefault="00724F2C" w:rsidP="00724F2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0097422F">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> страны:</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ел Тәуелсіздігінің маңыздылығын  түсіну:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E0D7955" w14:textId="54C46490" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="109FC3A3" w14:textId="1A915C85" w:rsidR="00724F2C" w:rsidRPr="00724F2C" w:rsidRDefault="00724F2C" w:rsidP="00724F2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> за независимость;</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әуелсіздік </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жолындағы </w:t>
+            </w:r>
+            <w:r w:rsidR="00114EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жетістіктер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тарихын білу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15F4B4C8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5C2100AE" w14:textId="77777777" w:rsidR="00724F2C" w:rsidRPr="00724F2C" w:rsidRDefault="00724F2C" w:rsidP="00724F2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- уважение к культурному наследию;</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- мәдени мұраны құрметтеу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67C81CB8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="67C81CB8" w14:textId="79240373" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00724F2C" w:rsidP="00724F2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- понимание роли независимости в развитии страны.</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- ел дамуындағы Тәуелсіздіктің рөлін түсіну.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0302A44D" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="0302A44D" w14:textId="5992EFD7" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00724F2C" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Знание истории, уважение культуры, стремление к познанию.</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тарихты білу, </w:t>
+            </w:r>
+            <w:r w:rsidR="00114EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұлттық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мәдениетті құрметтеу, білімге ұмтылу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="4DCB8B84" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00547F46" w:rsidRPr="00C961F3" w14:paraId="4DCB8B84" w14:textId="77777777" w:rsidTr="00AE2289">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1410"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37CABE55" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="37CABE55" w14:textId="4194B633" w:rsidR="00547F46" w:rsidRPr="00724F2C" w:rsidRDefault="00DC7AE6" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Патриотизм</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Потриотизм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77F49572" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6BA6F9B0" w14:textId="77777777" w:rsidR="00724F2C" w:rsidRPr="00724F2C" w:rsidRDefault="00724F2C" w:rsidP="00724F2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Любовь к своей Родине:</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өз Отанына деген сүйіспеншілік:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D163D0F" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7FC5BDAF" w14:textId="77777777" w:rsidR="00724F2C" w:rsidRPr="00724F2C" w:rsidRDefault="00724F2C" w:rsidP="00724F2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- активное участие в жизни страны;</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ел өміріне белсенді қатысу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59315206" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="600AE061" w14:textId="3EFC0A69" w:rsidR="00724F2C" w:rsidRPr="00724F2C" w:rsidRDefault="00724F2C" w:rsidP="00724F2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- защита ее интересов;</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00114EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ел</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүдделерін қорғау;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54248778" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="54248778" w14:textId="1C4EC22E" w:rsidR="00547F46" w:rsidRPr="00724F2C" w:rsidRDefault="00724F2C" w:rsidP="00724F2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- гордость за достижения страны.</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ел жетістіктері үшін мақтаныш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="186DF7E3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00403D3C" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="186DF7E3" w14:textId="5E022B83" w:rsidR="00547F46" w:rsidRPr="00724F2C" w:rsidRDefault="00724F2C" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Инициативность, активность, готовность к защите интересов.</w:t>
+            <w:r w:rsidRPr="00724F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастамашылық, белсенділік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="41B448B2" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00547F46" w:rsidRPr="00C961F3" w14:paraId="41B448B2" w14:textId="77777777" w:rsidTr="00AE2289">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1680"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="14B42ECF" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="14B42ECF" w14:textId="1120D341" w:rsidR="00547F46" w:rsidRPr="00B32D86" w:rsidRDefault="00724F2C" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Ответственность и приверженность</w:t>
+            <w:r w:rsidRPr="00B32D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауапкершілік </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F74653B" w14:textId="2E029993" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="790985C4" w14:textId="4122F8A5" w:rsidR="00B32D86" w:rsidRPr="00B32D86" w:rsidRDefault="00114EB5" w:rsidP="00B32D86">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...25 lines deleted...]
-              <w:t>:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отанның</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32D86" w:rsidRPr="00B32D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүддесі үшін әрекет ету:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F5C84D1" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7D5DA769" w14:textId="3F36B869" w:rsidR="00B32D86" w:rsidRPr="00B44B08" w:rsidRDefault="00B32D86" w:rsidP="00B32D86">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- приоритет общего блага перед личными интересами;</w:t>
+            <w:r w:rsidRPr="00B44B08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00114EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ел </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B44B08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>игілі</w:t>
+            </w:r>
+            <w:r w:rsidR="00114EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>гінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B44B08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жеке мүдделерден басымдығы;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B600D7B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="0CEC670D" w14:textId="74175B60" w:rsidR="00B32D86" w:rsidRPr="00B44B08" w:rsidRDefault="00B32D86" w:rsidP="00B32D86">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- ответственность за будущее страны;</w:t>
+            <w:r w:rsidRPr="00B44B08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- елдің болашағы үшін жауапкершілік</w:t>
+            </w:r>
+            <w:r w:rsidR="00114EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ті түсіну</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B44B08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EF2136E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5EF2136E" w14:textId="05782709" w:rsidR="00547F46" w:rsidRPr="00B44B08" w:rsidRDefault="00B32D86" w:rsidP="00B32D86">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- вклад в развитие общества.</w:t>
+            <w:r w:rsidRPr="00B44B08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- қоғамның дамуына қосқан үлес</w:t>
+            </w:r>
+            <w:r w:rsidR="00114EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қосу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B44B08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07E04499" w14:textId="61AE426B" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="07E04499" w14:textId="55959A17" w:rsidR="00547F46" w:rsidRPr="00B44B08" w:rsidRDefault="00B32D86" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Ответственность, альтруизм.</w:t>
+            <w:r w:rsidRPr="00B44B08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауапкершілік, альтруизм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00547F46" w:rsidRPr="004A6FDC" w14:paraId="71605452" w14:textId="77777777" w:rsidTr="004A6FDC">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1640"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C55A776" w14:textId="1807EACB" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00B32D86" w:rsidP="003537A5">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Егемендікті қорғауға дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C4989CA" w14:textId="77777777" w:rsidR="00B32D86" w:rsidRPr="00B32D86" w:rsidRDefault="00B32D86" w:rsidP="00B32D86">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлемдік сын-тегеуріндер жағдайында елді қорғау қабілеті:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C380438" w14:textId="77777777" w:rsidR="00B32D86" w:rsidRPr="00B32D86" w:rsidRDefault="00B32D86" w:rsidP="00B32D86">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- батылдық пен шешім қабылдағыштық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="150E9855" w14:textId="3B3E86C9" w:rsidR="00547F46" w:rsidRPr="004A6FDC" w:rsidRDefault="00B32D86" w:rsidP="00B32D86">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B32D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- шешімдердің жылдамдығы мен салмақтылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6BF6AD39" w14:textId="67453BA5" w:rsidR="00547F46" w:rsidRPr="004A6FDC" w:rsidRDefault="00B32D86" w:rsidP="003537A5">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6FDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Батылдық, шешімділік, шешім жылдамдығы, стратегиялық ойлау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72251769" w14:textId="6E766527" w:rsidR="00547F46" w:rsidRPr="00DF5B4A" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+    <w:p w14:paraId="72251769" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004126C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF5B4A">
-[...9 lines deleted...]
-    <w:p w14:paraId="14000B70" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+    </w:p>
+    <w:p w14:paraId="149EC2D4" w14:textId="77777777" w:rsidR="00B32D86" w:rsidRDefault="00B32D86" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="700"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F1F1F"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="60C37791" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38AF952B" w14:textId="77777777" w:rsidR="00B32D86" w:rsidRDefault="00B32D86" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="700"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F1F1F"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A9B206F" w14:textId="77777777" w:rsidR="00B32D86" w:rsidRDefault="00B32D86" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C37791" w14:textId="5927EFA7" w:rsidR="00547F46" w:rsidRPr="00B32D86" w:rsidRDefault="00724F2C" w:rsidP="00B32D86">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk162612970"/>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Бірлік және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нтымақ</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00B32D86" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B32D86" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00B32D86" w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоғамның бірігуіне, өзара көмекке және ортақ мақсаттарға қол жеткізуге ықпал ететін негізгі құндылықтар</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9765" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2400"/>
         <w:gridCol w:w="4050"/>
         <w:gridCol w:w="3315"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="72916046" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00632ED5" w:rsidRPr="004126C1" w14:paraId="72916046" w14:textId="77777777" w:rsidTr="00AE2289">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45CED223" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="45CED223" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004126C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A60681A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="2A60681A" w14:textId="66178CEA" w:rsidR="00632ED5" w:rsidRPr="00FA4C94" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="1F1F1F"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="1F1F1F"/>
-[...3 lines deleted...]
-              <w:t>Описание</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Сипаттама</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F8669B0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="4F8669B0" w14:textId="12F30B1E" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="1F1F1F"/>
-[...3 lines deleted...]
-              <w:t>Личностные качества</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Жеке қасиеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="4CA26501" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="4CA26501" w14:textId="77777777" w:rsidTr="0091725F">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="2790"/>
+          <w:trHeight w:val="2259"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E274761" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="4E274761" w14:textId="7F3ACDF6" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Коллективное сознание</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұжымдық сана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53EA2815" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="70E5F5A1" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Осознание общих целей и интересов:</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ортақ мақсаттар мен мүдделер туралы хабардар болу:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59109148" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="410D0E36" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- понимание взаимосвязи между индивидуальными и общественными интересами;</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- жеке және қоғамдық мүдделер арасындағы байланысты түсіну;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BA26752" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="2CE6F6AC" w14:textId="7D06606D" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- чувство сопричастности к судьбе страны и общества;</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- ел мен қоғамның тағдыры</w:t>
+            </w:r>
+            <w:r w:rsidR="00114EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мен өз тағдыры арасындағы </w:t>
+            </w:r>
+            <w:r w:rsidR="00062FB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сабақтастықты түсіну</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5062B1C5" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5062B1C5" w14:textId="5D7B8CAA" w:rsidR="00547F46" w:rsidRPr="00114EB5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность к совместным действиям для достижения общих целей.</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- ортақ мақсаттарға жету үшін </w:t>
+            </w:r>
+            <w:r w:rsidR="00062FB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өзгелермен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлес</w:t>
+            </w:r>
+            <w:r w:rsidR="00062FB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>іп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> іс-әрекет</w:t>
+            </w:r>
+            <w:r w:rsidR="00114EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> етудің маңызын бағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="754AAB81" w14:textId="21098092" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="754AAB81" w14:textId="5953392B" w:rsidR="00547F46" w:rsidRPr="0091725F" w:rsidRDefault="00632ED5" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00457777">
-[...34 lines deleted...]
-              <w:t>способность к объединению, командный дух.</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стратегиялық ойлау / командалық рух</w:t>
+            </w:r>
+            <w:r w:rsidR="0091725F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ұйымшылдық қабілет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="0D6FC390" w14:textId="77777777" w:rsidTr="00AE2289">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1680"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D09BBFF" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="0D09BBFF" w14:textId="7440DAFD" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Взаимоуважение</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өзара сыйластық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="497DD6F0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="0C388EA2" w14:textId="0FC212CB" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Уважение к разнообразию мнений и культур:</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Пікірлер мен мәдениет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әртүрлілігін құрметтеу:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BABA2F4" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="70C49233" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- принятие различий между людьми;</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- адамдар арасындағы айырмашылықтарды қабылдау;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02976ED1" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="402994F4" w14:textId="3D3BF7A5" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- терпимость к иным точкам зрения;</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- басқа көзқарастарға төзімділік</w:t>
+            </w:r>
+            <w:r w:rsidR="00062FB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> таныту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06830B4A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="06830B4A" w14:textId="6F5ABCCB" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность к диалогу и поиску компромиссов.</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- диалогқа және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ымыраға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> келуге дайын болу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6C54D4AC" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6C54D4AC" w14:textId="42AB8586" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Уважение к различиям, толерантность, открытость к новому.</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Айырмашылықтарды құрметтеу, төзімділік, жаң</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ашықтық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="2F7994A8" w14:textId="77777777" w:rsidTr="00AE2289">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1965"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13AE2409" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="13AE2409" w14:textId="618F312D" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Поддержка и взаимопомощь</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қолдау және өзара көмек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1AA93401" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="66E8203A" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Готовность помогать другим:</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Басқаларға көмектесуге дайын болу:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="683CCFD2" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="72294A3A" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- эмпатия к людям, попавшим в трудную ситуацию;</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- қиын жағдайға тап болған адамдарға жанашырлық;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FFD93BC" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="35118842" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- бескорыстная помощь нуждающимся;</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- мұқтаж жандарға риясыз көмек;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E199B71" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3E199B71" w14:textId="7CA5291C" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- участие в волонтерской деятельности.</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- волонтерлік қызметке қатысу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="776D1989" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="776D1989" w14:textId="247D3E1D" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Эмпатия, сопереживание, альтруизм, ответственность.</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Эмпатия, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жан ашу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, альтруизм, жауапкершілік.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="180EEA5F" w14:textId="77777777" w:rsidTr="00AE2289">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1410"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6648BC7B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6648BC7B" w14:textId="3B289B18" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Конструктивный диалог и сотрудничество</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сындарлы диалог және ынтымақтастық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F73B784" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5F2D2D02" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Умение сотрудничать:</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ынтымақтастық қабілеті:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65540DF4" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="63249C30" w14:textId="44003D24" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- эффективная коммуникация;</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- тиімді</w:t>
+            </w:r>
+            <w:r w:rsidR="00062FB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қарым-қатынас орнату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64A84306" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="0E88BDF3" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRPr="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение работать в команде;</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- командада жұмыс істей білу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="262020E9" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="262020E9" w14:textId="2EEBC4F5" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность к поиску решений, выгодных всем сторонам.</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- барлық тараптарға тиімді шешімдерді іздеуге дайын болу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="399B5B6B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="399B5B6B" w14:textId="0400AC30" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00632ED5" w:rsidP="003537A5">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Коммуникабельность, дипломатичность, открытость, умение вести переговоры.</w:t>
+            <w:r w:rsidRPr="00632ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қарым-қатынас, дипломатия, ашықтық, келіссөздер жүргізу қабілеті.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F41F177" w14:textId="68ABA0E8" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
-[...12 lines deleted...]
-    <w:p w14:paraId="6FD9297C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+    <w:p w14:paraId="177E3D3A" w14:textId="77777777" w:rsidR="00724F2C" w:rsidRDefault="00724F2C" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="700"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F1F1F"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...24 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5089BEB5" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1886AAD3" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="107B5456" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C87BFDF" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E7A4501" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D56CBB0" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DE49074" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2A71AE" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CE07FD8" w14:textId="77777777" w:rsidR="00632ED5" w:rsidRDefault="00632ED5" w:rsidP="00632ED5">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="411523DB" w14:textId="77777777" w:rsidR="0091725F" w:rsidRDefault="0091725F" w:rsidP="00632ED5">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B78F92E" w14:textId="7606DBFD" w:rsidR="00FA4C94" w:rsidRPr="00FA4C94" w:rsidRDefault="00632ED5" w:rsidP="00FA4C94">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001833EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заң және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001833EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әртіп</w:t>
+      </w:r>
+      <w:r w:rsidR="00547F46" w:rsidRPr="00632ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00632ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұрақты және </w:t>
+      </w:r>
+      <w:r w:rsidR="00062FB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дамыған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00632ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоғамның негізі.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9615" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2265"/>
         <w:gridCol w:w="4050"/>
         <w:gridCol w:w="3300"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="29A0032B" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00FA4C94" w:rsidRPr="004126C1" w14:paraId="4F69BA9C" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5FF56C45" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6CD3BE93" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="004126C1" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004126C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6547857B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="12430C09" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="001C1EC7" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Описание</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="03D8A78A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="313167D9" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="004126C1" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Личностные качества</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұлғалық қасиеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="06DF1544" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00FA4C94" w:rsidRPr="00C961F3" w14:paraId="758DE6EA" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2520"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7AA65EA3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="2628D727" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="004126C1" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Равенство перед законом</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заң алдындағы теңдік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B898122" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="07D2BCE7" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="001C1EC7" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Соблюдение законов всеми членами общества:</w:t>
+            <w:r w:rsidRPr="001C1EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қоғамның барлық мүшелерінің заңды сақтауы:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="452BE12C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3AA59334" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="001C1EC7" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- знание основных законов и правовых норм;</w:t>
+            <w:r w:rsidRPr="001C1EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- негізгі заңдарды және құқықтық нормаларды білу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F6A3D6F" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7D0D0EF3" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="001C1EC7" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- убежденность в справедливости и неотвратимости наказания за их нарушение;</w:t>
+            <w:r w:rsidRPr="001C1EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оларды бұзғаны үшін әділеттілікке және жазаның бұлтартпастығына сенімділік;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69C3AD1A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7903710B" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="001C1EC7" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность отстаивать свои права законными способами.</w:t>
+            <w:r w:rsidRPr="001C1EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өз құқықтарын заңды жолмен қорғауға дайын болу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="12D4C039" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="14149B13" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00404A30" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Уважение к правилам и закону, законопослушность, ответственность.</w:t>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ереже мен заңды құрметтеу, заңға бағыну, жауапкершілік.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="28079494" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00FA4C94" w:rsidRPr="00C961F3" w14:paraId="38F6D14B" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1965"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="373F7AEA" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5FE095FE" w14:textId="7DA35689" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Созидательный плюрализм</w:t>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шығармашылық </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45E71C32" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="004126C1" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>плюрализм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="195B391A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="4E318BB8" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00404A30" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Поддержка конструктивного взаимодействия в обществе:</w:t>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қоғамдағы конструктивті өзара әрекеттесуді қолдау:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BAA68F8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5DC9FEB7" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00404A30" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- уважение к разным точкам зрения и убеждениям;</w:t>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әртүрлі көзқарастар мен сенімдерге құрметпен қарау;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3389D9B8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="293D8966" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00404A30" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность к диалогу и поиску компромиссов;</w:t>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- диалогқа және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>келісімге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> келу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жолдарын іздеуге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дайын болу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A7249B3" w14:textId="66BAFE15" w:rsidR="00547F46" w:rsidRPr="009A1688" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="38CCDC81" w14:textId="2331E46C" w:rsidR="00FA4C94" w:rsidRPr="00404A30" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:strike/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D823A69" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="26342186" w14:textId="00325E72" w:rsidR="00FA4C94" w:rsidRPr="00083640" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Открытость, терпимость, умение к конструктивному диалогу, миролюбие.</w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ашықтық, сындарлы диалогқа қабілеттілік, ынтымақшылдық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="688BC624" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00FA4C94" w:rsidRPr="004126C1" w14:paraId="2F91F69A" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1965"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45DBC1B7" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6FC80C40" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00404A30" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Личная дисциплина</w:t>
+            <w:bookmarkStart w:id="1" w:name="_Hlk167718973"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеке тәртіп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1AA35C0E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="688AE391" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00404A30" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Самоорганизация и ответственность:</w:t>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі ұйымдастыру және жауапкершілік:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="080F3F02" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3349164E" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00404A30" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение управлять своим временем и ресурсами;</w:t>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өз </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уақыт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пен ресурстар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> басқару мүмкіндігі;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BF0F2DD" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="15E98601" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00404A30" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- соблюдение обещаний и договоренностей;</w:t>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- уәделер мен келісімдерді орындау;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75A1D888" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3AC69BC5" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00404A30" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- ответственное отношение к своим обязанностям.</w:t>
+            <w:r w:rsidRPr="00404A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өз міндеттеріне жауапкершілікпен қарау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5CFCC7D9" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7052B260" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00083640" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Самодисциплина, порядочность, пунктуальность, ответственность.</w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәртіптілік, әдептілік, ұқыптылық, жауапкершілік.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="5405DB4B" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00FA4C94" w:rsidRPr="00C961F3" w14:paraId="18F6D77A" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2235"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="553D4C03" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="0DAE30D0" w14:textId="57463B15" w:rsidR="00FA4C94" w:rsidRPr="009A3214" w:rsidRDefault="0091725F" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Дисциплина в критических ситуациях</w:t>
+            <w:bookmarkStart w:id="2" w:name="_Hlk167718962"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыни </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94" w:rsidRPr="009A3214">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жағдайлардағы тәртіп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B99EF60" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6E935E3F" w14:textId="4C2D3F7B" w:rsidR="00FA4C94" w:rsidRPr="009A3214" w:rsidRDefault="0091725F" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Соблюдение спокойствия и порядка в сложных условиях:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыни </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94" w:rsidRPr="009A3214">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жағдайларда сабырлылық пен тәртіпті сақтау:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B80F903" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="26938A0E" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="009A3214" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение действовать в соответствии с инструкциями;</w:t>
+            <w:r w:rsidRPr="009A3214">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- нұсқауларға сәйкес әрекет ете білу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DF5A9B0" w14:textId="0E21B00B" w:rsidR="00547F46" w:rsidRPr="009A1688" w:rsidRDefault="00547F46" w:rsidP="0097422F">
+          <w:p w14:paraId="4F920FD4" w14:textId="7CF43777" w:rsidR="00FA4C94" w:rsidRPr="009A3214" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:strike/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность помочь другим в трудных ситуациях;</w:t>
+            <w:r w:rsidRPr="009A3214">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00062FB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қиын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A3214">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жағдайда басқаларға көмектесуге дайын болу;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="447B94BC" w14:textId="2EB255F4" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="31760DA9" w14:textId="46DF0674" w:rsidR="00FA4C94" w:rsidRPr="009A3214" w:rsidRDefault="00062FB1" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Организованность, стрессоустойчивость, способность к самоконтролю, </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стреске</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94" w:rsidRPr="009A3214">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> төзімді</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лік</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94" w:rsidRPr="009A3214">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, өзін-өзі </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұстай</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94" w:rsidRPr="009A3214">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білу,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сабырлық,</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94" w:rsidRPr="009A3214">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> байсалдылық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
-    <w:p w14:paraId="7FBAB4C4" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+    <w:p w14:paraId="70A1727B" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="700"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="38B5D251" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B64CA75" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="700"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F1F1F"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="325244DE" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FBAB4C4" w14:textId="7CB1C879" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="700"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F1F1F"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34826466" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BE17E47" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E61BA20" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AA76D37" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B64858A" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A610B51" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66FB860A" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BACF3D3" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48049C14" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22403E0F" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B0C8452" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E731C9F" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00FA4C94">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әділдік пен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ауапкершілік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– адамның адамгершілік қасиетін қалыптастыратын және демократиялық қоғамның негізін құрайтын негізгі құндылықтар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325244DE" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FA4C94" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9615" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2475"/>
         <w:gridCol w:w="3705"/>
         <w:gridCol w:w="3435"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="6691ED67" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00FA4C94" w:rsidRPr="004126C1" w14:paraId="1E256DB3" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1928D184" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="112F276B" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="004126C1" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004126C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4DFA78C3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5907F309" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="004126C1" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Описание</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1CF7B971" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="21037ED5" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="004126C1" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Личностные качества</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұлғалық қасиеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="074679A8" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00FA4C94" w:rsidRPr="004126C1" w14:paraId="314F9CA6" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="5010"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="074D81F5" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="1CEE27F9" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Равное распределение прав</w:t>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құқықтардың тең бөлінуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="437F38F2" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="77803AEB" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Справедливость во всех сферах жизни:</w:t>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өмірдің барлық салаларындағы әділеттілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02B86473" w14:textId="6ADBE483" w:rsidR="00547F46" w:rsidRPr="0097422F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="0D6143CF" w14:textId="265502E1" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- обеспечение равных прав и возможностей для всех членов общества</w:t>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- қоғамның барлық мүшелеріне тең құқық </w:t>
+            </w:r>
+            <w:r w:rsidR="0091725F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен мүмкіндіктерді қамтамасыз ету;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76F23CA8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6773082E" w14:textId="0ECBAA7D" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- преодоление дискриминации и неравенства;</w:t>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- кемсітушілік пен теңсіздік</w:t>
+            </w:r>
+            <w:r w:rsidR="00320119">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ке жол бермеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="460DF1AB" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="430DBE74" w14:textId="5CFCD1C5" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- обеспечение доступа к образованию, здравоохранению и другим социальным благам;</w:t>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- білім алуға, денсаулық сақтауға және басқа да әлеуметтік игіліктерге қолжетімді</w:t>
+            </w:r>
+            <w:r w:rsidR="00320119">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болуын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қамтамасыз ету;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FFD089C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="015037A5" w14:textId="39B76C00" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- справедливое распределение благ и ресурсов;</w:t>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- игілік </w:t>
+            </w:r>
+            <w:r w:rsidR="0091725F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен ресурстарды әділ бөлу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B39BB9E" w14:textId="61BBA2C0" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7D735DB3" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...17 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- адамның қадір-қасиеті мен жеке бас бостандығын құрметтеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DDE950A" w14:textId="6A085BFD" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="30DF72DE" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6F086D22" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Честность, объективность, беспристрастность.</w:t>
+            <w:r w:rsidRPr="00C83F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Адалдық, объективтілік, риясыздық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="6C3833E2" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00FA4C94" w:rsidRPr="00C961F3" w14:paraId="25C1EB9B" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="3075"/>
+          <w:trHeight w:val="861"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35B5CEB1" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="56396A57" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Ответственное отношение к обязанностям</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Міндеттерге </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жауапкершілікпен қарау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1AC719AB" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="73B163DE" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Сознательное выполнение своих обязательств:</w:t>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өз міндеттерін саналы түрде орындау:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="633085E4" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="77513ACC" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- понимание важности выполнения своих обязанностей перед собой, семьей, другими людьми, обществом и государством;</w:t>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өзінің, отбасының, басқа адамдардың, қоғам мен мемлекет алдындағы өз міндеттерін орындаудың маңыздылығын түсіну;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="578D74B0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="0249ADC2" w14:textId="0361E7DC" w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность отвечать за свои поступки;</w:t>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өз іс-әрекеті</w:t>
+            </w:r>
+            <w:r w:rsidR="00320119">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жауапкершілікті </w:t>
+            </w:r>
+            <w:r w:rsidR="00320119">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>түсіну</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68C25D40" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5F9B9283" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- добросовестное отношение к работе и учебе.</w:t>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбекке және оқуға деген саналы көзқарас.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="03804DE0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6E509DC8" w14:textId="48ED6DE6" w:rsidR="00FA4C94" w:rsidRPr="00C83F88" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Дисциплинированность, целеустремленность, самоконтроль.</w:t>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тәртіп, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мақсатқа талпынушылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, өзін-өзі бақылау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="6C8A3F3B" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w14:paraId="1966B273" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="3630"/>
+          <w:trHeight w:val="224"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="432B5711" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="1B786D28" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Правовая культура</w:t>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құқықтық мәдениет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70B80BA7" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="760054D2" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Уважение к закону и правам человека:</w:t>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заң мен адам құқықтарын </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құрметте</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>у:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FA3F5C2" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="05C2EC76" w14:textId="28941A83" w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- знание законов и своих прав и обязанностей;</w:t>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- заң және өз құқы</w:t>
+            </w:r>
+            <w:r w:rsidR="0091725F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен міндеттерін білу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3018097D" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="21F61B33" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- уважение к законным интересам, правам и свободам других людей;</w:t>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- басқа адамдардың заңды мүдделерін, құқықтары мен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еркіндіктері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н құрметтеу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EAD355C" w14:textId="7EF11B96" w:rsidR="00547F46" w:rsidRPr="0097422F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="797E2D12" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00406AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- құқықтық білімді өмірде қолдана білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7893F88E" w14:textId="5E0890DA" w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35E4F26C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5FB36AE0" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00C63E37" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Уравновешенность, рассудительность, законопослушность,</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Байсалдылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C63E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, парасаттылық, заңға бағыну</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C63E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B34F792" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="011806FE" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRPr="00C63E37" w:rsidRDefault="00FA4C94" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>уважение к другим,</w:t>
+            <w:r w:rsidRPr="00C63E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басқаларды құрметтеу,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A0A69D1" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="11D0FC2B" w14:textId="68F5DD67" w:rsidR="00FA4C94" w:rsidRPr="00406AA5" w:rsidRDefault="00320119" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>уважение к чужому мнению</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өзгенің</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4C94" w:rsidRPr="00C63E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пікірін құрметтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0EA89F24" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+    <w:p w14:paraId="0EA89F24" w14:textId="42B1F325" w:rsidR="00547F46" w:rsidRPr="00FA4C94" w:rsidRDefault="00F85939" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="004126C1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001833EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="1F1F1F"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Еңбекқорлық және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001833EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әсіби біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63E37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрбір адамның өмірінде басты рөл атқаратын құндылықтар.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9630" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2490"/>
         <w:gridCol w:w="4125"/>
         <w:gridCol w:w="3015"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="2079D9E3" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="004126C1" w14:paraId="4AC507CB" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F3A3E85" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="43BB043E" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="004126C1" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk167734597"/>
             <w:r w:rsidRPr="004126C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="687D4217" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="789E8F85" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00C63E37" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Описание</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="285D5B07" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="75F4C8B7" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00C63E37" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Личностные качества</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұлғалық қасиеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="6822B382" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="004126C1" w14:paraId="1315DA28" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="3075"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7DA891BC" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="03C8E592" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00083640" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Стремление к образованию и развитию</w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім мен дамуға ұмтылу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46EBC2F2" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="4D1BB7F4" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00083640" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Понимание ценности знаний и навыков:</w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім мен дағдының құндылығын түсіну:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DA29C3F" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3B6CE209" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00083640" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">- понимание важности образования и самообразования для достижения успеха; </w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- табысқа жету үшін білім мен өз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дігінен білім алуды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ң маңыздылығын түсіну; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42511107" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5B28374E" w14:textId="6DB600C5" w:rsidR="00F85939" w:rsidRPr="00083640" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- постоянное стремление к самосовершенствованию;</w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өзін-өзі жетілдіруге ұмтылу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B0701D9" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="30DE827B" w14:textId="34C6C659" w:rsidR="00F85939" w:rsidRPr="00083640" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- желание постоянно развиваться и осваивать новые знания и навыки;</w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жаңа білім</w:t>
+            </w:r>
+            <w:r w:rsidR="00320119">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дағдыларды </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>меңгеруге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұмтылу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16DEC68A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="634065AC" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00083640" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение ставить цели и добиваться их;</w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- мақсат қоя білу және оған қол жеткізу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B735467" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="38897225" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00083640" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение учиться на своих ошибках.</w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өз қателіктерінен сабақ алу қабілеті.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1279DD12" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="0BECB62F" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="004126C1" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Целеустремлённость, настойчивость, любознательность.</w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мақсатқа талпынушылық, табандылық, қызығушылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="39B011CF" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="004126C1" w14:paraId="1549B793" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="2790"/>
+          <w:trHeight w:val="2457"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="164D765E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="485EE308" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00083640" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Мобильность и готовность к переменам</w:t>
+            <w:r w:rsidRPr="00083640">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұтқырлық және өзгерістерге дайын болу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34C2BC75" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7B389414" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00CB4497" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Открытость к новым возможностям:</w:t>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаңа мүмкіндіктерге ашықтық:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DC492D8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="4495ABDE" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00CB4497" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность к переезду в другой город, регион или страну для получения образования или работы;</w:t>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алу немесе жұмыс істеу үшін басқа қалаға, облысқа немесе елге </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қоныс аударуға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дайын болу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6942471A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3CEF2D01" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00CB4497" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение адаптироваться к новым условиям жизни и работы;</w:t>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өмір сүру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> етудің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жаңа жағдайларына бейімделу мүмкіндігі;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EAE9A18" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3E9E5289" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00CB4497" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- расширение кругозора и культурного опыта;</w:t>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ой-өрісті және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мәдени тәжірибені кеңейту;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B5A68E6" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5AD11D12" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00CB4497" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- позитивное отношение к переменам.</w:t>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- өзгерістерге </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>позитивті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көзқарас.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56774C1E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="23552A6F" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00CB4497" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Адаптивность, гибкость, открытость новому.</w:t>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бейімділік, икемділік, жаңашылдыққа ашықтық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="4AF5E471" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="00C961F3" w14:paraId="5FD61ED5" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="3075"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32A81628" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="48142E4F" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00CB4497" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Инициативность и использование возможностей</w:t>
+            <w:r w:rsidRPr="00CB4497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастамашылдық және мүмкіндіктерді пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7566BBD8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3149F195" w14:textId="77777777" w:rsidR="004F218E" w:rsidRPr="004F218E" w:rsidRDefault="004F218E" w:rsidP="004F218E">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Активная жизненная позиция:</w:t>
+            <w:r w:rsidRPr="004F218E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Белсенді өмірлік ұстаным:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="014139F8" w14:textId="6FF8EFC1" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7CC5C082" w14:textId="77777777" w:rsidR="004F218E" w:rsidRPr="004F218E" w:rsidRDefault="004F218E" w:rsidP="004F218E">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...53 lines deleted...]
-              <w:t>х;</w:t>
+            <w:r w:rsidRPr="004F218E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өз бетінше мақсат қоя білу және оларға қол жеткізу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E59932B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="49774432" w14:textId="5FC7065F" w:rsidR="004F218E" w:rsidRPr="004F218E" w:rsidRDefault="004F218E" w:rsidP="004F218E">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение самостоятельно находить и использовать различные возможности для развития своих навыков и компетенций;</w:t>
+            <w:r w:rsidRPr="004F218E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өз дағдылары мен құзыреттерін дамыту үшін түрлі мүмкіндіктерді өз бетінше тауып, пайдалана білу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="127FC619" w14:textId="16530E3C" w:rsidR="00547F46" w:rsidRPr="00952488" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7F800D80" w14:textId="77777777" w:rsidR="004F218E" w:rsidRPr="004F218E" w:rsidRDefault="004F218E" w:rsidP="004F218E">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность брать на себя ответственность за выполнение работы;</w:t>
+            <w:r w:rsidRPr="004F218E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жұмысты орындау үшін жауапкершілікті өз мойнына алуға дайын болу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ADF7649" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="1F3B8CA1" w14:textId="1179FCA0" w:rsidR="00F85939" w:rsidRPr="00992C37" w:rsidRDefault="004F218E" w:rsidP="004F218E">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="1F1F1F"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:strike/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="004F218E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- қиындықтар мен кедергілерді жеңуге деген сенімділік.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79C9BA1D" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="4A8EB582" w14:textId="41CC33CA" w:rsidR="00F85939" w:rsidRPr="00992C37" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Предприимчивость, самомотивация, ответственность.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00992C37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>керлік, өзін-өзі ынталандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="58A6017E" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="004126C1" w14:paraId="452F8B9B" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1965"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58AEF8D3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="45FCF6CD" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Ответственное отношение к работе</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмысқа жауапкершілікпен қарау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B8C9151" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="1494FFE6" w14:textId="77777777" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Сознательное выполнение своих обязанностей:</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өз міндеттерін саналы түрде орындау:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AAFA205" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3329E3D6" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- добросовестное отношение к своему делу;</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өз кәсібіне адал көзқарас;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EE79299" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="691654F1" w14:textId="7A4EF8DD" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- ответственность за результат своей работы;</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өз жұмысының нәтижесіне жауапкершілік</w:t>
+            </w:r>
+            <w:r w:rsidR="004C5728">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ті сезіну</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44EFF04B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="18C59757" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- вклад в общее дело.</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ортақ іске үлес қосу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43E238B3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6F4BACC2" w14:textId="553BDC5C" w:rsidR="00F85939" w:rsidRPr="004C5728" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_Hlk167722453"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұқыптылық</w:t>
+            </w:r>
             <w:r w:rsidRPr="004126C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ответственность, пунктуальность, исполнительность.</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidR="004C5728">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>абандылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="7BAF2907" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="00C961F3" w14:paraId="7700038F" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="2520"/>
+          <w:trHeight w:val="1885"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73943023" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="4C0BA056" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Этические нормы профессиональной деятельности</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіби қызметтің этикалық нормалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1707A81A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7512D3B6" w14:textId="68320BB8" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Соблюдение норм профессиональной этики:</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіби этика</w:t>
+            </w:r>
+            <w:r w:rsidR="004C5728">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нормалар</w:t>
+            </w:r>
+            <w:r w:rsidR="004C5728">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сақтау:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BC8AAD0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6E50F077" w14:textId="77777777" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- понимание важности честности, справедливости и порядочности в работе;</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- еңбектегі адалдық, әділдік және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдептіліктің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> маңыздылығын түсіну;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C4DBE55" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3225EF1B" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение работать в команде;</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>командада жұмыс істей білу білігі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D8BBBBD" w14:textId="3A0FD796" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7452AB9B" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- уважение к коллегам;</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әріптестерге деген құрмет;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04AE1B0E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="228E607B" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- вклад в создание позитивной рабочей атмосферы.</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жағымды жұмыс ортасын құруға үлес қосу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="26508FF3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="4B181C3C" w14:textId="62F885FB" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...7 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="5" w:name="_Hlk167722923"/>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Этикалық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хабардар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лық, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдептілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, сыйластық, адалдық, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>байланысқа бейімділік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
-    <w:p w14:paraId="09C5E3E3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+    <w:p w14:paraId="6A6A6858" w14:textId="174E7CA5" w:rsidR="00FA4C94" w:rsidRPr="00C63E37" w:rsidRDefault="00FA4C94" w:rsidP="00FA4C94">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="700"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004126C1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52936F4A" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00FA4C94">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="1F1F1F"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A7AF736" w14:textId="77777777" w:rsidR="00FA4C94" w:rsidRDefault="00FA4C94" w:rsidP="00FA4C94">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FEEEEF8" w14:textId="29C33F5F" w:rsidR="00FA4C94" w:rsidRPr="001833EF" w:rsidRDefault="00FA4C94" w:rsidP="00FA4C94">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001833EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Жасампаздық және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001833EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аңашылдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="004126C1">
+      <w:r w:rsidRPr="00FB5565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...31 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адамзатқа күрделі мәселелерді шешуге, жаңа мүмкіндіктер жасауға және өмір сүру сапасын жақсартуға мүмкіндік беретін прогрестің қозғаушы күші.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9480" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2505"/>
         <w:gridCol w:w="4170"/>
         <w:gridCol w:w="2805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="5F9B7D36" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="004126C1" w14:paraId="36737BCB" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5ABC0A99" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7F7949DC" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="004126C1" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004126C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7AEF81C5" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="6B1384C4" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Описание</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51525BE0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="66D9392E" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Личностные качества</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұлғалық қасиеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="57FC0936" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="004126C1" w14:paraId="0E4D7885" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1965"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B1F5C7A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="0760EBAC" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Творческое мышление</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шығармашылық ойлау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D2BA8AF" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="2C3DDF8E" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Способность генерировать новые идеи:</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жаңа идеяларды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F85939">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тудыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қабілеті:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EF31EDB" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="5CB61BA8" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- нестандартный подход к решению проблем;</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>проблемаларды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шешу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стандартты емес тәсіл;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FF3BD3B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="514FEA66" w14:textId="33173712" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение мыслить ассоциативно и видеть новые связи между вещами;</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ассоциативті ойлау және заттар арасындағы жаңа байланыстарды көр</w:t>
+            </w:r>
+            <w:r w:rsidR="004F218E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е білу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қабілеті;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54AF5C12" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="01E03A41" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FB5565" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность к риску и неудачам.</w:t>
+            <w:r w:rsidRPr="00FB5565">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәуекелге және сәтсіздікке дайын болу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="666BFDFF" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="12277202" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="004126C1" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="_Hlk167723594"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жасампаздық</w:t>
+            </w:r>
             <w:r w:rsidRPr="004126C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Креативность, воображение, любознательность.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қиял</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004126C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білуге құмарлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004126C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="25A7B5BB" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="004126C1" w14:paraId="72A46366" w14:textId="77777777" w:rsidTr="00431327">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1338"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D153CDD" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="002E5C0A" w:rsidRDefault="00F85939" w:rsidP="00431327">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E5C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіпкерлік бастама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42CCCD1E" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="002E5C0A" w:rsidRDefault="00F85939" w:rsidP="00431327">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E5C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Идеяларды іске асыру ниеті:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45E5C1C7" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="002E5C0A" w:rsidRDefault="00F85939" w:rsidP="00431327">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E5C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- мақсат қоя білу және оған қол жеткізу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A47CCE2" w14:textId="15765DB4" w:rsidR="00F85939" w:rsidRPr="002E5C0A" w:rsidRDefault="00F85939" w:rsidP="00431327">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E5C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="004F218E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өзіне </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E5C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жауапкершіл</w:t>
+            </w:r>
+            <w:r w:rsidR="004F218E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E5C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алуға дайын болу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F8BA88E" w14:textId="7AD07E38" w:rsidR="00F85939" w:rsidRPr="002E5C0A" w:rsidRDefault="00F85939" w:rsidP="00431327">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E5C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="004F218E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>іскерлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E5C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E5C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мақсатқа талпынушылық.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3BCE411A" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="003F7657" w:rsidRDefault="00F85939" w:rsidP="00431327">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастамашылдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004126C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жауапкершілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004126C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>табандылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F85939" w:rsidRPr="00C961F3" w14:paraId="729DB4FE" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1965"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7AFA33D5" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="278641E8" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="003F7657" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Предпринимательская инициатива</w:t>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инновациялық ойлау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6BA35CB3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="649B32E0" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="003F7657" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Желание воплощать идеи в жизнь:</w:t>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проблемаларды шешудің жаңа тәсілдерін іздеу: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="752835A3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="30FBB429" w14:textId="41F43F51" w:rsidR="00F85939" w:rsidRPr="003F7657" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение ставить цели и добиваться их;</w:t>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="004F218E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стандарттан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тыс ойлау және әдеттегі</w:t>
+            </w:r>
+            <w:r w:rsidR="0026677F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әрекеттерінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шеңберінен шығ</w:t>
+            </w:r>
+            <w:r w:rsidR="0026677F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а білу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қабілеті;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="229E9CBC" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="433B5B3E" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="003F7657" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность брать на себя ответственность;</w:t>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ақпарат пен шабыттың жаңа көздерін іздеу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39EFAF24" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="572824E6" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="003F7657" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- предприимчивость и целеустремленность.</w:t>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өзгерістер мен жаңашылдыққа дайын болу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B1EBF8F" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="3A1C816B" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="003F7657" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...7 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="7" w:name="_Hlk167724415"/>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаңалыққа ашықтық, сыни тұрғыдан ойлау, аналитикалық ойлау.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="42EEC528" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="00C961F3" w14:paraId="4AAEBC3D" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1965"/>
+          <w:trHeight w:val="2542"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2DF3862D" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="27356D49" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="004126C1" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004126C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Инновационное мышление</w:t>
+              <w:t>Цифр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лық сауаттылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="726F2B82" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="47AE4A7B" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="003F7657" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Поиск новых подходов к решению проблем:</w:t>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заманауи технологиялармен жұмыс істей білу:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DE51F27" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="046C3D09" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="003F7657" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение мыслить нестандартно и выходить за рамки привычного;</w:t>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- цифрлық технологиялардың даму мүмкіндіктері мен болашағын түсіну;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49E8D7A3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="476E2868" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="003F7657" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- поиск новых источников информации и вдохновения;</w:t>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- цифрлық құралдармен жұмыс істей білу;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04A55219" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="68110914" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00033167" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- готовность к переменам и новому.</w:t>
+            <w:r w:rsidRPr="003F7657">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- инновациялық өнімдер мен қызметтерді құруға және пайдалануға белсенді қатысу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="554B404E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="7096224C" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00033167" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Открытость новому, критическое мышление, аналитический склад ума.</w:t>
+            <w:r w:rsidRPr="00033167">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Цифр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лық сауаттылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033167">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0051431E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейімділік, білімге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033167">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құштарлық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547F46" w:rsidRPr="004126C1" w14:paraId="2E506440" w14:textId="77777777" w:rsidTr="00AE2289">
+      <w:tr w:rsidR="00F85939" w:rsidRPr="00C961F3" w14:paraId="6CB94064" w14:textId="77777777" w:rsidTr="00431327">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="2790"/>
+          <w:trHeight w:val="2536"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5D0E5AAF" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="2C78491A" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="0051431E" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Цифровая грамотность</w:t>
+            <w:r w:rsidRPr="0051431E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инновациялар үшін әлеуметтік жауапкершілік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0AB9CC89" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="1D99353A" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="0051431E" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>Умение работать с современными технологиями:</w:t>
+            <w:r w:rsidRPr="0051431E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инновацияның этикалық және құқықтық аспектілері:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14E858E6" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="199BB030" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="0051431E" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- понимание возможностей и перспектив развития цифровых технологий;</w:t>
+            <w:r w:rsidRPr="0051431E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жаңа технологияларды енгізудің ықтимал салдарын түсіну;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30A71AB7" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="04C2EB2C" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="0051431E" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- умение работать с цифровыми инструментами;</w:t>
+            <w:r w:rsidRPr="0051431E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- инновацияларды пайдалануға жауапкершілікпен қарау;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15B8A9F0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="44C4A045" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="0051431E" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...6 lines deleted...]
-              <w:t>- активное участие в создании и использовании инновационных продуктов и сервисов.</w:t>
+            <w:r w:rsidRPr="0051431E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- технологияны дамытуға қатысты талқылаулар мен шешімдер қабылдауға қатысу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="685C0C4A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:p w14:paraId="46455421" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="0051431E" w:rsidRDefault="00F85939" w:rsidP="00431327">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004126C1">
-[...202 lines deleted...]
-              <w:t>Социальная ответственность, дальновидность, этичность.</w:t>
+            <w:r w:rsidRPr="0051431E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әлеуметтік жауапкершілік, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>болжағыштық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0051431E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, этика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға сәйкестік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0051431E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="47D6497E" w14:textId="25849569" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+    <w:p w14:paraId="41C49FFB" w14:textId="3C52A3BE" w:rsidR="00547F46" w:rsidRPr="00FA4C94" w:rsidRDefault="00547F46" w:rsidP="00547F46">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="02CE47CF" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00BD3D19" w14:textId="77777777" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00547F46">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EDCCE56" w14:textId="77777777" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="0026677F">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DDF4FE7" w14:textId="3979F5BF" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>исчерпывающим руководством. Она служит отправной точкой для педагогов, родителей и общественности, предоставляя структурированный подход к воспитанию ключевых личностных качеств и ценностей. Однако каждый учитель должен ориентироваться на особенности и потребности своих обучающихся, адаптируя и расширяя данный материал по мере необходимости.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3EA58C4B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="004126C1" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+        <w:t xml:space="preserve">Құндылықтарды қалыптастыруға ұсынылған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>декомпозиция</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соңғы және түпкілікті нұсқаулық болып табылмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ол педагогт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р, ата-аналар және қоғам үшін тұлғаның негізгі қасиеттері мен құндылықтарын дамытуға </w:t>
+      </w:r>
+      <w:r w:rsidR="004C5728">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ортақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзқарасты қамтамасыз ет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бастапқы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нұсқа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ретінде қызмет етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дегенмен, әрбір </w:t>
+      </w:r>
+      <w:r w:rsidR="004C5728">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім ал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ушылар</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5728">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың ерекшеліктері мен қажеттіліктеріне назар аудар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а отырып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсынылған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>материалды қажетінше бейімдеп, кеңейт</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5728">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іп тәжірибеде қолдана алады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0900CC" w14:textId="31C148C7" w:rsidR="00F85939" w:rsidRDefault="0026677F" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="7003E6A6" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтер</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынылған компоненттерді негіз ретінде пайдалана алады, бірақ сонымен бірге нақты шарттар мен талаптарға с</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әйкес</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз идеялары мен әдістерін жүзеге асыра алады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім алушылардың </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іргелі </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адамгершілік негіздерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00B07917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоғам мен мемлекет өміріне белсенді қатысуға дайындығын барынша тиімді дамыту үшін олардың жеке ерекшеліктерін және оқу-тәрбие процесінің мәнмәтінін ескеру маңызды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33706E92" w14:textId="77777777" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...43 lines deleted...]
-    <w:p w14:paraId="009975AC" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осылайша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бұл </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>декомпозиция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбие жұмысындағы құралдардың бірі қызметін атқарады және оны сәтті қолдану әр </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығармашылық көзқарасы мен кәсіби шеберлігіне байланысты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім беру процесінің барлық қатысушыларының бірлескен күш-жігері мен ынтымақтастығы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушыларда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұрақты құндылықтар мен жеке қасиеттерді қалыптастыру үшін қолайлы жағдайлар жасауға көмектеседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4EB66B" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00A5269F" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00FC2B0F">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қолайлы білім беру ортасын құру және оның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім ал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мінез-құлқына әсері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B92FD8" w14:textId="48186423" w:rsidR="00F85939" w:rsidRPr="00A5269F" w:rsidRDefault="00F85939" w:rsidP="00F85939">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу-тәрбие процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолайлы жағдай жасауда білім беру ұйымдарының басшылары мен педагогт</w:t>
+      </w:r>
+      <w:r w:rsidR="0026677F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р басты рөл атқарады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC2B0F">
-[...8 lines deleted...]
-    <w:p w14:paraId="1A4405AD" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026677F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осыған байланысты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6D2671" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00A5269F" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="3E9A8E8C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5269F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ортасын құру және қолдау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0268A701" w14:textId="7F51D2F8" w:rsidR="00F85939" w:rsidRPr="002B648F" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w14:paraId="4A5B67E3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B648F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім беру ұйымының қауіпсіздігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00960362">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B648F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>абаттандыруды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B648F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DB7ED9" w14:textId="1551F247" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="2FAD5B83" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ынтымақтастық атмосферасын құру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169E0821" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="289C8795" w14:textId="69B6B0FC" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Адамгершілік, әлеуметтік және мәдени орта құру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47AA946C" w14:textId="13E4D092" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00EA2F1A" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...28 lines deleted...]
-    <w:p w14:paraId="180A348D" w14:textId="52C5FFF3" w:rsidR="00547F46" w:rsidRPr="0082121B" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физикалық жағдайын, соның ішінде жарықтандыру, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00AC7375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шу деңгейі,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ауа сапасы және температура жағдайлары</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жақсарту маңызды.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760CD7E6" w14:textId="733D1561" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC2B0F">
-[...16 lines deleted...]
-    <w:p w14:paraId="5A8EBB65" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2F1A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәдениетін  </w:t>
+      </w:r>
+      <w:r w:rsidR="00960362" w:rsidRPr="00AC7375">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қалыптастыру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960362">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C380D9" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="30B7F80B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі құндылықтарды қолдайтын тұжырымдамалар әзірлеу және енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1832ED0F" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="1CB39C7C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру процесінің барлық қатысушылары үшін нақты этикалық стандарттар орнату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BD2553" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="3186F666" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім ал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ушылардың тұлғалық өсуіне ықпал ететін инклюзивті ортаны құруға жәрдемдесу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174DC8EE" w14:textId="2F4CD1ED" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="21A7671F" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құндылыққа негізделген тәсілді дамытудағы олардың рөлі мен әсерін түсіндіре отырып, жаңа қызметкерлерге </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағыт-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағдар</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дәрістерін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өткізу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E221BF8" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="2E2BCF5A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3. Ынтымақтастықты қолдау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D97B3D7" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="61BE8749" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтер мен білім алушылар арасында мағыналы және сыйластық қарым-қатынас орнату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDB022A" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="6558E252" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылар арасындағы достық қарым-қатынасты дамытуға ықпал ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FEEF4E6" w14:textId="77777777" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="1DEF45B9" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналармен ынтымақтастыққа жағдай жасау және оларды мектеп өміріне тарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D360E1F" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00117F2E" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="7F528D30" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жергілікті қауымдастықтармен және ұйымдармен байланысты нығайту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC88AC2" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00D51124" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...21 lines deleted...]
-    <w:p w14:paraId="0FE40DB9" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D51124">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтерге ұсынылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193FF880" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="3AEF21DD" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Тәрбиеде құндылықтарды қалыптастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462D1639" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="02F2E2D9" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>● Күнделікті іс-әрекетте үлгі көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABA6CBC" w14:textId="79647BB8" w:rsidR="00F85939" w:rsidRPr="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="3AF53DDA" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">● Сыныпта және одан тыс жерлерде </w:t>
+      </w:r>
+      <w:r w:rsidR="00960362">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбиені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асыру және белсенді орындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEA54F1" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...46 lines deleted...]
-    <w:p w14:paraId="1910AAC1" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">● Құндылықтарды қалыптастыру тәсілдерін жүзеге асыру үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылықпен үйлестіру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D6497E" w14:textId="74C989EC" w:rsidR="00547F46" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="2F738029" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>● Білім алушыларға қауіпсіз және қолдаушы ортада өз құндылықтары мен нормаларын дамытуға мүмкіндік жасау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2B31DF" w14:textId="77777777" w:rsidR="00B26F6D" w:rsidRPr="00960362" w:rsidRDefault="00B26F6D" w:rsidP="00B26F6D">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="7D087AC2" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960362">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Оқыту және дамыту:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1024F827" w14:textId="77777777" w:rsidR="00B26F6D" w:rsidRPr="00B26F6D" w:rsidRDefault="00B26F6D" w:rsidP="00B26F6D">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="495A6AD3" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Құндылықтар мен тұлғаны қалыптастыру мәселелеріне бағытталған сынып сағаттарының мазмұны арқылы құндылықтарды кіріктіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7550B639" w14:textId="60B3AC54" w:rsidR="00B26F6D" w:rsidRPr="00B26F6D" w:rsidRDefault="00B26F6D" w:rsidP="00B26F6D">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="2CC0EE5B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Өзекті мәселелерді және </w:t>
+      </w:r>
+      <w:r w:rsidR="00960362">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұлғалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дамуды талқылау үшін пәннің мазмұнын пайдалану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346BA28B" w14:textId="77777777" w:rsidR="00B26F6D" w:rsidRPr="00B26F6D" w:rsidRDefault="00B26F6D" w:rsidP="00B26F6D">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="03BB3D85" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Адамгершілік қасиеттерді бірлесе оқыту мақсатында мектепішілік іс-шаралар ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20476F76" w14:textId="31908011" w:rsidR="00B26F6D" w:rsidRPr="00B26F6D" w:rsidRDefault="00B26F6D" w:rsidP="00B26F6D">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="4133CF37" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Білім алушыларды белсенді түрде қызықтыру үшін түрлі педагогикалық әдістерді қолдану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC0C845" w14:textId="51CFF993" w:rsidR="00B26F6D" w:rsidRPr="00B26F6D" w:rsidRDefault="00B26F6D" w:rsidP="00B26F6D">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="7BA14348" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Этикалық дилеммаларды талдау және шығармашылықты дамыту үшін оқу материалдары мен ресурстарын пайдалану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784C0EA8" w14:textId="6746AC56" w:rsidR="00F85939" w:rsidRPr="00B80FD5" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="749F1AFD" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B80FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Сабақтан тыс қызмет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DB31DA" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="16DB433D" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>● Көшбасшылық қасиеттерді көрсету және дамыту үшін сабақтан тыс іс-шараларды ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C14448C" w14:textId="7B94AF83" w:rsidR="00F85939" w:rsidRPr="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">● </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еке </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұлғалық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қасиеттерін </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ашу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін мектеп іс-шараларын өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20968C39" w14:textId="548D6B98" w:rsidR="00F85939" w:rsidRPr="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>● Білім алушыларда құндылықтарды қалыптас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тыруға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ынталандыру үшін қоғам </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қайраткерлерін, ата-аналарды шақыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2572A4E6" w14:textId="121E22BD" w:rsidR="00B26F6D" w:rsidRPr="00B26F6D" w:rsidRDefault="00F85939" w:rsidP="00B80FD5">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="458" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>● Әлеуметтік белсенділік және волонтерлік қызмет жобаларын әзірлеу және іске асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7678005A" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00D51124" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="74AF4137" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D51124">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналармен және қоғаммен өзара әрекеттесу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B2703B" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00D51124" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0265D4D1" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D51124">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналармен ынтымақтастық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C888B3B" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00D51124" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="17A216E4" w14:textId="0E38902C" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D51124">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналармен ашық және жағымды қарым-қатынасты дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5243C2" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00772504" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...28 lines deleted...]
-    <w:p w14:paraId="4054EED0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D51124">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектеп пен отбасы арасындағы байланысты нығайту үшін ата-аналарды мектеп өміріне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FE1D8C" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00772504" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="155A8512" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жергілікті қоғамдастықпен өзара қарым-қатынас</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC08D47" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00772504" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="4CAFBF68" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың білім алу мүмкіндіктерін кеңейту үшін жергілікті ұйымдармен қарым-қатынас орнату және қолдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F8BBB9" w14:textId="74FDF0D1" w:rsidR="00F85939" w:rsidRPr="00772504" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w14:paraId="24B386C5" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлеуметтік даму мен қоғам өміріне қатысуға бағытталған мектеп жобалары мен іс-шараларын ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C46ADBB" w14:textId="0E4D0663" w:rsidR="00F85939" w:rsidRPr="00772504" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="16460564" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құндылыққа </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80FD5">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бағдарланған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беруді оқу бағдарламасына кіріктіру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E83ACC8" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00772504" w:rsidRDefault="00F85939" w:rsidP="00F85939">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Оқу пәндеріне кіріктіру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C886A4A" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00772504" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:hanging="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w14:paraId="17498E4B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құндылыққа негізделген тәсілдерді негізгі оқу пәндеріне кіріктіру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18629FD5" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00772504" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:hanging="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="7BE4993A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлеуметтік ғылымдар, тілдер және музыка арқылы құндылықтарды оқыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9A671A" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FC2B0F" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
-        <w:t>2. Внеклассные мероприятия</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0BD738F0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыныптан тыс іс-шаралар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3072172E" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00772504" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...44 lines deleted...]
-    <w:p w14:paraId="5AB01432" w14:textId="27B9944D" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың дағдылары мен әлеуметтік қарым-қатынастарын дамытуға бағытталған сыныптан тыс іс-шаралар ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F0052C" w14:textId="0D5E3286" w:rsidR="00F85939" w:rsidRPr="00772504" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...54 lines deleted...]
-    <w:p w14:paraId="3003A72B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұлттық мерекелер, кітап оқу сағаттарын, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00772504">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гигиена сабақтарын, салауатты өмір салтын насихаттау және спорттық шараларды ұйымдастыру және өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A032B12" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00FC2B0F" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
-        <w:t>3. Часы развития ценностей</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1730F0C5" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құндылықтарды дамыту сағаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76983351" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00AC49E5" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC2B0F">
-[...8 lines deleted...]
-    <w:p w14:paraId="4B91685E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="003537A5">
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзіндік рефлексия мен сыни тұрғыдан ойлауды, шешім қабылдауды дамыту мақсатында сабақтар өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F5AC34" w14:textId="697D04AB" w:rsidR="00F85939" w:rsidRPr="00AC49E5" w:rsidRDefault="00B80FD5" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC2B0F">
-[...8 lines deleted...]
-    <w:p w14:paraId="245DBDD5" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үрлі аргументтермен және қолдану</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәсілдер</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен танысу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DC1172" w14:textId="49F89FA2" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нда</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу орта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ын құру және осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>міндет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">терді орындау арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтер білім алушылардың бойында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағымды мінез-құлық пен құндылықтарды дамытуға айтарлықтай әсер ете алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339611FD" w14:textId="15D62BC3" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="3B486C7F" w14:textId="77DCB7CD" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жоғарыда айтылғандардың барлығы </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұсынымдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сипатта және білім беру ұйымдарында құндылық пен құзыреттілікке негізделген тәсілдерді енгізуге арналған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3CED01" w14:textId="545987B8" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...31 lines deleted...]
-        <w:keepLines w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл шаралар мен стратегиялар әрбір мектептің нақты жағдайлары мен қажеттіліктеріне бейімделуі мүмкін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сонымен қатар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиімді және қолайлы білім беру ортасын құруға көмектеседі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы ұсыныстарды орындау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім ал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ушылардың бойында жағымды мінез-құлық пен құндылықтарды қалыптастыруға, олардың жан-жақты дамуын және болашақ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>өмірге дайындалуын қамтамасыз етуге айтарлықтай әсер етуге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03357C83" w14:textId="77777777" w:rsidR="00B26F6D" w:rsidRDefault="00B26F6D" w:rsidP="00F85939">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:before="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="4686EB5B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F5D0DE2" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00AC49E5" w:rsidRDefault="00F85939" w:rsidP="00F85939">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбие бағдарламасын жүзеге асыру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FEAA518" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="00AC49E5" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="40FFEE08" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдары деңгейінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CC4549" w14:textId="72383272" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="355B78EE" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру процесінің барлық қатысушыларының өзара іс-қимылы арқылы құндылық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа негізделген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беруді жоспарлаудың </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұтас тәсілін енгізу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528AEADE" w14:textId="6572DF8F" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының вариативті білім беру бағдарламаларын әзірлеуде, білім алушылардың мүдделерін, қажеттіліктерін, жергілікті қоғамдастықтың сұраныстарын және мемлекеттік органдардың басымдықтарын ескере отырып, білім беру қызметінің нысандарын, әдістерін таңдау дербестігін қамтамасыз ету</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36612F53" w14:textId="77777777" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>куратор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сағаттарын оқу процесінің толыққанды және ажырамас құрамдас бөлігі ретінде анықтау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC49E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A9881B" w14:textId="0490510F" w:rsidR="00BF6F2B" w:rsidRDefault="00BF6F2B" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...36 lines deleted...]
-    <w:p w14:paraId="113B1C01" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF6F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім берудің базалық құндылықтарына сәйкес жалпы іс-шаралардың мазмұнын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">байыту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF6F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(мемлекеттік және ұлттық мерекелерге байланысты іс-шаралар; елдегі атаулы күндер мен маңызды оқиғаларға арналған іс-шаралар; оқу жылының басталуы мен аяқталуына арналған салтанатты іс-шаралар; олимпиадалардағы, спорттық және шығармашылық конкурстар мен жарыстардағы жетістіктері үшін білім алушылар мен педагогт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF6F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF6F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>марапаттау рәсімдері);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CC3E5F" w14:textId="3A124262" w:rsidR="00F85939" w:rsidRPr="001B2FB2" w:rsidRDefault="00BF6F2B" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...71 lines deleted...]
-    <w:p w14:paraId="3CB6B04B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF6F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоғамның отбасымен және серіктестерімен ынтымақтастық нысандарын кеңейту</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4038B2CF" w14:textId="49720851" w:rsidR="00F85939" w:rsidRDefault="00BF6F2B" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="47960716" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF6F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>белгіленген көрсеткіштерге сәйкес тәрбие жұмысына үнемі ішкі бақылау жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A309447" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="001B2FB2" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="619AA8AA" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтер деңгейінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B542E9" w14:textId="77777777" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="05455B27" w14:textId="38823FF7" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу/білім беру бағдарламаларының мазмұны зерттелетін, құндылықтарды оқыту мен тәрбие процесіне енгізудің ең тиімді жолдары талқыланатын үздіксіз даму және ынтымақтастық мәдениетін құру;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D49354" w14:textId="45EAB3DA" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...52 lines deleted...]
-    <w:p w14:paraId="6C69F1A8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру бағдарламаларының мазмұнындағы құндылықтардың үйлесімді </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кіріктіруін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қамтамасыз ету (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6F2B" w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқытудың белсенді әдістерін қолдану арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пәнаралық және пәнішілік байланысты қамтамасыз ету, сәйкес мәтіндерді, тапсырмалар мен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаттығулар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңдау);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E24B735" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="001B2FB2" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="3768AC5F" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тәрбие процесіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жобалық жұмысты кіріктіру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41956736" w14:textId="77777777" w:rsidR="00F85939" w:rsidRDefault="00F85939" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="45A9998B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптан тыс іс-шаралар нысандарын кеңейту (акциялар, қайырымдылық және волонтерлік іс-шаралар, мәдени іс-шаралар, туристік сапарлар мен мұражайларға бару, шақырылған қонақтармен кездесулер және т.б.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="219FEA8C" w14:textId="580295A0" w:rsidR="00B26F6D" w:rsidRPr="00BF6F2B" w:rsidRDefault="00F85939" w:rsidP="00BF6F2B">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="16744BF4" w14:textId="1ED61D48" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары оқу орындары мен колледждердің педагогикалық факультеттерінің білім беру бағдарламаларының мазмұнын жаңарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32432164" w14:textId="77777777" w:rsidR="00F85939" w:rsidRPr="001B2FB2" w:rsidRDefault="00F85939" w:rsidP="00F85939">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отбасымен ынтымақтастық деңгейінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2FB2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3C0541" w14:textId="77777777" w:rsidR="00B21DFE" w:rsidRDefault="00B21DFE" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...29 lines deleted...]
-    <w:p w14:paraId="06929D0C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналармен ынтымақтастықты нығайту және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірлескен іс-шараларды ұйымдастыруға және өткізуге тарту (құндылықтарды бірлесіп талқылау, балалардың дамуы мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>әл-ауқаты үшін бірлескен шешімдер қабылдау)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1A0963" w14:textId="745000CF" w:rsidR="00F85939" w:rsidRDefault="00B21DFE" w:rsidP="00F85939">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="7058AD55" w14:textId="77777777" w:rsidR="00952488" w:rsidRPr="00952488" w:rsidRDefault="00952488" w:rsidP="00952488">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім ал</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="008848BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ушылардың даму динамикасын бақылау және сапалы кері байланысты қамтамасыз ету үшін жаңа форматта</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="008848BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-аналар жиналысын (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім ал</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="008848BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ушылармен жеке және топтық консультациялар, педагогикалық кеңестер, тренингтер, семинарлар, ашық есік күндері, ата-аналар конференциялары, педагогикалық </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қонақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85939" w:rsidRPr="008848BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE2C985" w14:textId="24E55EDB" w:rsidR="00C961F3" w:rsidRPr="00C961F3" w:rsidRDefault="00C961F3" w:rsidP="00C961F3">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="61E1E6C7" w14:textId="77777777" w:rsidR="00952488" w:rsidRDefault="00952488" w:rsidP="00952488">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C961F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналардың педагогикалық мәдениетін тәрбиенің өзекті тақырыптары және жасөспірім балалармен өзара бірлескен іс-шаралар, ата-аналар дәрістерін ұйымдастыру арқылы арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4948008B" w14:textId="5A50C59A" w:rsidR="00C961F3" w:rsidRPr="00C961F3" w:rsidRDefault="00C961F3" w:rsidP="00C961F3">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="5C57A158" w14:textId="4D2364E1" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00952488">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C961F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналарға (заңды өкілдерге) арналған семинарлар өткізуде, бағдарламаларды, әдістемелік құралдарды әзірлеуде қоғамдық ресурстық орталықтарды тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32707D84" w14:textId="4B551421" w:rsidR="00B26F6D" w:rsidRPr="00400BC8" w:rsidRDefault="00C961F3" w:rsidP="00B21DFE">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-        </w:rPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="21E3CD69" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C961F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00400BC8" w:rsidRPr="00400BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірлескен мәдени және спорттық іс-шараларды ұйымдастыру арқылы ата-аналардың әлеуметтенуіне жағдай жасау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D712E0" w14:textId="77777777" w:rsidR="006B561C" w:rsidRPr="006B561C" w:rsidRDefault="006B561C" w:rsidP="006B561C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="3B4BEB9E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B561C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қоғамдық серіктестермен өзара іс-қимыл деңгейінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFC1549" w14:textId="77777777" w:rsidR="006B561C" w:rsidRPr="006B561C" w:rsidRDefault="006B561C" w:rsidP="006B561C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6A9AE842" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B561C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ведомстволық ұйымдарды тәрбие міндеттерін шешуге тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC95961" w14:textId="4C6DD7F5" w:rsidR="006B561C" w:rsidRPr="006B561C" w:rsidRDefault="006B561C" w:rsidP="006B561C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="53CD2057" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B561C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жергілікті көрікті жерлермен танысу үшін сабақтар/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B561C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру (мұражай педагогикасы, театр педагогикасы, өлкетану экскурсиялары, кәсіпорындарға сапарлар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00769923" w14:textId="2ACC0765" w:rsidR="006B561C" w:rsidRPr="006B561C" w:rsidRDefault="006B561C" w:rsidP="006B561C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="7F5E86D0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B561C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басқа білім беру ұйымдарының педагогтерімен, жоғары оқу орындарының профессорлық-оқытушылық құрамымен, ғылыми және қоғамдық ұйымдармен кәсіби даму мәселелері бойынша ынтымақтастық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орнату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B561C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін жағдайлар жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DD7E59" w14:textId="77777777" w:rsidR="006B561C" w:rsidRPr="006B561C" w:rsidRDefault="006B561C" w:rsidP="006B561C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC2B0F">
-[...26 lines deleted...]
-    <w:p w14:paraId="6866D844" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+      <w:r w:rsidRPr="006B561C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шетелдік әріптестердің озық кәсіби тәжірибесін зерделеу және пайдалану үшін ынтымақтастықты жаһандық деңгейде кеңейту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A18306C" w14:textId="0FC86151" w:rsidR="006B561C" w:rsidRPr="006B561C" w:rsidRDefault="006B561C" w:rsidP="006B561C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="4C838889" w14:textId="09E12279" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+      <w:r w:rsidRPr="006B561C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушыларды заманауи кәсіптермен және өзекті дағдылармен таныстыру үшін түрлі саладағы мамандармен мансаптық консультациялар ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344E1ABC" w14:textId="77777777" w:rsidR="00B26F6D" w:rsidRPr="008F43E8" w:rsidRDefault="00B26F6D" w:rsidP="008F43E8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...33 lines deleted...]
-    <w:p w14:paraId="6D19D5D2" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51C9AFFD" w14:textId="33647B6F" w:rsidR="008F43E8" w:rsidRPr="00B26F6D" w:rsidRDefault="008F43E8" w:rsidP="00B26F6D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F1F1F"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="132CC244" w14:textId="4F817EDC" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаны іске асыру тетігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41715553" w14:textId="01B77860" w:rsidR="008F43E8" w:rsidRPr="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="008F43E8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...42 lines deleted...]
-    <w:p w14:paraId="3725709D" w14:textId="2F014290" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00B97E2A" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Білім беру процесінің барлық қатысушыларының өзара іс-қимылын көздейтін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұтас тәсіл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E337E1" w14:textId="77777777" w:rsidR="008F43E8" w:rsidRPr="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="008F43E8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...51 lines deleted...]
-    <w:p w14:paraId="325DFC92" w14:textId="0F23D48B" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00B97E2A" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Білім алушылардың мүдделері мен қажеттіліктерін ескере отырып, вариативтік бағдарламаларды әзірлеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE38DB4" w14:textId="77777777" w:rsidR="008F43E8" w:rsidRPr="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="008F43E8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...52 lines deleted...]
-    <w:p w14:paraId="5AAF3618" w14:textId="0B959B6C" w:rsidR="00547F46" w:rsidRPr="00B97E2A" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Сынып-кураторлық жүйе шеңберінде құндылықтарды қалыптастыру, яғни. сынып сағаттары мен сыныптан тыс іс-шаралар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABFF97F" w14:textId="2743D025" w:rsidR="008F43E8" w:rsidRPr="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="008F43E8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...135 lines deleted...]
-    <w:p w14:paraId="0EBB1462" w14:textId="2C727135" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00B97E2A" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Бағдарламаның құндылық бағдарларына сәйкес жалпы іс-шаралардың мазмұнын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кеңейту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D3656F" w14:textId="77777777" w:rsidR="008F43E8" w:rsidRPr="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="008F43E8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...32 lines deleted...]
-    <w:p w14:paraId="3A09A907" w14:textId="42AE0694" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00B97E2A" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Тәрбие процесіне отбасы мен қоғамдық ұйымдарды тарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B0F7BC" w14:textId="662B11E6" w:rsidR="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="00CB0896">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...37 lines deleted...]
-          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Бағдарламаны іске асыруд</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұрақты ішкі бақылау және </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7F61" w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тиімділігін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағалау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7904D2FF" w14:textId="77777777" w:rsidR="00CB0896" w:rsidRDefault="00CB0896" w:rsidP="00CB0896">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="166D0516" w14:textId="77777777" w:rsidR="008F43E8" w:rsidRPr="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="008F43E8">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қорытынды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F68E359" w14:textId="713BD227" w:rsidR="008F43E8" w:rsidRPr="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="008F43E8">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құндылыққа бағдарланған тәрбие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағдарламасын іске асыру білім алушылардың жан-жақты дамуы мен болашақ табысы үшін қажетті адамгершілік және рухани қасиеттерін қалыптастырудағы іргелі қадам. Ұсынылған құжатта білім алушылардың ұлттық және жалпыадамзаттық құндылықтарды бойына сіңіруге бағытталған кешенді білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-тәрбие бағдарламасының негізін құрайтын негізгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C961F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағида</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7F61" w:rsidRPr="00C961F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен мақсаттар айқындалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E6BCAD" w14:textId="1443A801" w:rsidR="008F43E8" w:rsidRPr="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="008F43E8">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұнда құндылықтарды білім мазмұнына интеграциялау, қолдау көрсететін білім беру ортасын құру және ата-аналармен және қоғамдастықпен белсенді өзара іс-қимыл жасау маңызды, бұл білім алушылардың саналы азамат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003537A5" w:rsidRPr="003537A5">
-[...82 lines deleted...]
-    <w:p w14:paraId="46D540BC" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ретінде өсуі үшін қажетті патриотизм, жауапкершілік, еңбекқорлық және жаңашылдық сезімін қалыптастыруды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE10FB1" w14:textId="4A2F486A" w:rsidR="008F43E8" w:rsidRPr="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="008F43E8">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлттық идеалдарға (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Толы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұжырымдамасы (үйлесімді дамыған тұлға) және халықаралық озық тәжірибелерге негізделген </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағдарлама білім алушылардың зияткерлік, физикалық, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">леуметтік және эмоционалдық дамуына ықпал ететін болады. Тұтастай алғанда, құндылыққа бағдарланған және құзыреттілікке негізделген тәсілдер академиялық білімнің </w:t>
+      </w:r>
+      <w:r w:rsidR="00C961F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">негізі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғана емес, сонымен қатар адалдық, мейірімділік және құрмет сияқты адамгершілік қасиеттерді тәрбиелеудің </w:t>
+      </w:r>
+      <w:r w:rsidR="00C961F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұғыры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2697EB01" w14:textId="2FDD601E" w:rsidR="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="008F43E8">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құндылықтарды академиялық пәндерге, сыныптан тыс іс-шараларға және әлеуметтік жобаларға біріктіре отырып,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A316CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыни ойлауды, шығармашылықты және проблемаларды шешу дағдыларын дамытуға ықпал ететін әлеуметтік маңызды педагогикалық тәжірибе жасай алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6022E2" w14:textId="77777777" w:rsidR="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="00B26F6D">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BF89048" w14:textId="77777777" w:rsidR="008F43E8" w:rsidRPr="008F43E8" w:rsidRDefault="008F43E8" w:rsidP="00FC2B0F">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11C55F07" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="008F43E8" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F43E8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BDB450A" w14:textId="26811BBF" w:rsidR="00547F46" w:rsidRPr="00CB0896" w:rsidRDefault="00CB0896" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="7E214442" w14:textId="5BFE8CE3" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Пайдаланылған әдебиеттер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F48500" w14:textId="7D6C72FA" w:rsidR="00547F46" w:rsidRPr="00CB0896" w:rsidRDefault="00CB0896" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...174 lines deleted...]
-    <w:p w14:paraId="5D44A19E" w14:textId="0B2B1E56" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00BA681D" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тоқаев, Қ. (15.03.2024). Мемлекет басшысы Қ.Тоқаевтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Адал адам – Адал еңбек – Адал табыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлттық құрылтайының үшінші отырысында сөйлеген сөзі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00547F46" w:rsidRPr="00CB0896">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Retrieved from http://surl.li/tkqgn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109F07DA" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00B44B08" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...195 lines deleted...]
-    <w:p w14:paraId="2CF91E2A" w14:textId="6A48E75F" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әбу Насыр әл-Фараби. (n.d.). Әбу Насыр әл-Фарабидің ізгілікті қоғам жөніндегі идеялары. Retrieved May 7, 2024, from https://abai.kz/post/54153</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFCE82C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...139 lines deleted...]
-        <w:t>му</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жүсіп Баласағұн. (n.d.). Жүсіп Баласағұн шығармаларындағы адамгершілік идеялары. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...188 lines deleted...]
-    <w:p w14:paraId="6C06FD15" w14:textId="57F4ED85" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Retrieved May 7, 2024, from http://surl.li/qjlgg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6463BFBE" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Интегрируя ценности в академические предметы, внеклассные мероприятия и социальные проекты, </w:t>
-[...99 lines deleted...]
-        <w:t>щий</w:t>
+        <w:t>Новрузов</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="632807F0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Новрузова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (2022). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Формула души в «Дивани Хикмет» Ахмеда Яссави. Philologia, 43, 32-41.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61BFBB1B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="11C55F07" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Алтынсарин, И. (1957). Избранные произведения (Б. С. Сулейменов, Ed.). Алма-Ата: Издательство Академии наук Казахской ССР.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1379E7E8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="05F48500" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Абай. (2005). Өлеңдер, поэмалар, аудармалар мен қара сөздер. Алматы: «Жібек жолы» баспа үйі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C274BD" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Токаев, К. (15.03.2024). Выступление Главы государства К. Токаева на третьем заседании Национального курултая «Адал адам – Адал еңбек – Адал табыс». </w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="109F07DA" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:t>Елікбек, Д. (2021). Шәкәрім шығармашылығындағы «АР-ҰЯТ» концептісінің танымдық сипаты. Актуальные вопросы современных научных исследований, 111-116.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D055F1D" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Әбу</w:t>
+        <w:t xml:space="preserve">Байтұрсынұлы, А. (n.d.). Баулу мектебі. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...211 lines deleted...]
-    <w:p w14:paraId="3FFCE82C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:t>Retrieved May 7, 2024, from https://adebiportal.kz/kz/news/view/axmet-baitursynuly-baulu-mektebi__16521</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421E96F4" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Жүсіп</w:t>
+        <w:t>Дулатов</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (1991). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шығармалары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өлеңдер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Баласағұн</w:t>
+        <w:t>сөздер</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. (n.d.). </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Жүсіп</w:t>
+        <w:t>көсемсөздер</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Баласағұн</w:t>
+        <w:t>М</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>шығармаларындағы</w:t>
+        <w:t>Әбсеметов</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>адамгершілік</w:t>
+        <w:t>Г</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>идеялары</w:t>
+        <w:t>Дулатова</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>. Retrieved May 7, 2024, from http://surl.li/qjlgg</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6463BFBE" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:t xml:space="preserve">, Comps.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жазушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>». Retrieved May 7, 2024, from https://clck.ru/38Zoag</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A91EA0E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Новрузов</w:t>
+        <w:t>Аймауытов</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Р</w:t>
+        <w:t>Ж</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">., &amp; </w:t>
+        <w:t xml:space="preserve">. (2013). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Новрузова</w:t>
+        <w:t>Алты</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Г</w:t>
+        <w:t>томдық</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. (2022). </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Формула души в «Дивани Хикмет» Ахмеда Яссави. Philologia, 43, 32-41.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="61BFBB1B" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:t>шығармалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жинағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тәрбиеге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жаңа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құралдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шежіре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>». Retrieved May 7, 2024, from http://e-kitap.kz/book/5127/read</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ACCE5A4" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Алтынсарин, И. (1957). Избранные произведения (Б. С. Сулейменов, Ed.). Алма-Ата: Издательство Академии наук Казахской ССР.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1379E7E8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:t>Жұмабаев, М. (2013). Шығармалары (әдеби басылым). 2-том: Әңгіме, ғылыми еңбек, мақалалар, аудармалар, жарияланбаған өлеңдер (С. Жұбаниязов, Comp.). Алматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жазушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Retrieved May 7, 2024, from https://clck.ru/38Zq2v</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61929426" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="46C274BD" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Care, E., Kim, H., Vista, A., &amp; Anderson, K. (2018, November). Education system alignment for 21st century skills: Focus on assessment. Optimizing Assessment for All (OAA). Center for Universal Education at the Brookings Institution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4A7243" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="2D055F1D" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>European Parliamentary Research Service. (2021). Implementation of citizenship education action in the EU.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760E42DD" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Retrieved May 7, 2024, from https://adebiportal.kz/kz/news/view/axmet-baitursynuly-baulu-mektebi__16521</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="421E96F4" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:t>Kitamura, Y., Liu, J., &amp; Hong, M. S. (2022). Education in East Asia: Changing School Education in China, Japan, and Korea. In C. C. Wolhuter &amp; A. W. Wiseman (Eds.), World Education Patterns in the Global North: The Ebb of Global Forces and the Flow of Contextual Imperatives (International Perspectives on Education and Society, Vol. 43A, pp. 149-168). Emerald Publishing Limited. https://doi.org/10.1108/S1479-36792022000043A010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C27FFEA" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Дулатов</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Education Bureau The Government of the Hong Kong Special Administrative Region of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...230 lines deleted...]
-    <w:p w14:paraId="2A91EA0E" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:lastRenderedPageBreak/>
+        <w:t>People’s Republic of China. (2021). Values Education Curriculum Framework. Retrieved from https://www.edb.gov.hk/en/curriculum-development/4-key-tasks/moral-civic/ve_curriculum_framework2021.html</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45916F93" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...268 lines deleted...]
-    <w:p w14:paraId="3ACCE5A4" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:t>Ministry of Education (Singapore). (n.d.). 21st Century Competencies. Retrieved from https://www.moe.gov.sg/education-in-sg/21st-century-competencies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777243C0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="61929426" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:t>UNESCO. (2021). Global Education Monitoring Report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759E056C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Care, E., Kim, H., Vista, A., &amp; Anderson, K. (2018, November). Education system alignment for 21st century skills: Focus on assessment. Optimizing Assessment for All (OAA). Center for Universal Education at the Brookings Institution.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4F4A7243" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        <w:t>OECD. (2018). Preparing our youth for an inclusive and sustainable world.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A42F6FF" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="760E42DD" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        </w:rPr>
+        <w:t>Сагинтаева, А., Мусина, А., Сулейменова, А., Каратабанов, Р., Куракбаев, К., &amp; Пристли, Д. (2021). Разработка образовательных программ: локальные ответы на глобальные вызовы высшего образования. Нур-Султан: Высшая школа образования Назарбаев Университета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="060A6ABC" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arthur, J., &amp; Kristjánsson, K. (2022). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">The Jubilee Centre framework for character education in schools. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FC2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="1C27FFEA" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
+        </w:rPr>
+        <w:t>University of Birmingham.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58AD5675" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="00FC2B0F" w:rsidRDefault="00547F46" w:rsidP="00FC2B0F">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60FCE80F" w14:textId="77777777" w:rsidR="006D2350" w:rsidRPr="00FC2B0F" w:rsidRDefault="006D2350" w:rsidP="00FC2B0F">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...163 lines deleted...]
-    <w:sectPr w:rsidR="006D2350" w:rsidRPr="00FC2B0F" w:rsidSect="00547F46">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006D2350" w:rsidRPr="00FC2B0F" w:rsidSect="00B32D86">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7750A418" w14:textId="77777777" w:rsidR="00AB1F50" w:rsidRDefault="00AB1F50" w:rsidP="00547F46">
+    <w:p w14:paraId="1C1B6D84" w14:textId="77777777" w:rsidR="006E0D81" w:rsidRDefault="006E0D81" w:rsidP="00547F46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7685F595" w14:textId="77777777" w:rsidR="00AB1F50" w:rsidRDefault="00AB1F50" w:rsidP="00547F46">
+    <w:p w14:paraId="6FF0864E" w14:textId="77777777" w:rsidR="006E0D81" w:rsidRDefault="006E0D81" w:rsidP="00547F46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -15474,86 +21108,86 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7505E6D9" w14:textId="77777777" w:rsidR="006D1891" w:rsidRDefault="006D1891">
+  <w:p w14:paraId="7505E6D9" w14:textId="77777777" w:rsidR="009A719A" w:rsidRDefault="009A719A">
     <w:pPr>
       <w:pStyle w:val="10"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E36839E" w14:textId="77777777" w:rsidR="00AB1F50" w:rsidRDefault="00AB1F50" w:rsidP="00547F46">
+    <w:p w14:paraId="4777D281" w14:textId="77777777" w:rsidR="006E0D81" w:rsidRDefault="006E0D81" w:rsidP="00547F46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B69B38E" w14:textId="77777777" w:rsidR="00AB1F50" w:rsidRDefault="00AB1F50" w:rsidP="00547F46">
+    <w:p w14:paraId="7C5D537C" w14:textId="77777777" w:rsidR="006E0D81" w:rsidRDefault="006E0D81" w:rsidP="00547F46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="0CDAAE22" w14:textId="77777777" w:rsidR="00547F46" w:rsidRDefault="00547F46" w:rsidP="00547F46">
+    <w:p w14:paraId="418240C1" w14:textId="77777777" w:rsidR="00B44B08" w:rsidRDefault="00B44B08" w:rsidP="00B44B08">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9779"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
@@ -15586,51 +21220,51 @@
           </w:rPr>
           <w:t>http://surl.li/tkqgn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="3C5709D8" w14:textId="4A69AA03" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="6FE2AA8F" w14:textId="77777777" w:rsidR="00F6077A" w:rsidRPr="002B25AD" w:rsidRDefault="00F6077A" w:rsidP="00F6077A">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -15670,51 +21304,51 @@
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Баласағұн. Құтты білік</w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>. – Алматы, Таймас, 2007. – 8-55 б.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="722185D9" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="65B62CDA" w14:textId="77777777" w:rsidR="00F6077A" w:rsidRPr="002B25AD" w:rsidRDefault="00F6077A" w:rsidP="00F6077A">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -15722,219 +21356,249 @@
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Новрузов Р., Новрузова Г. Формула души в „Дивани Хикмет “Ахмеда Яссави //Philologia. – 2022. – Т. 43. – С. 32-41.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="0B18C2A2" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="18E39F9C" w14:textId="77777777" w:rsidR="00F6077A" w:rsidRPr="002B25AD" w:rsidRDefault="00F6077A" w:rsidP="00F6077A">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> И. Алтынсарин. Избранные произведения / составил и подготовил к печати Б.С. Сулейменов/. – Алма-Ата: Издательство Академии наук Казахской ССР, 1957. – 459 с.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="4FEF6A70" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="6F6ED32D" w14:textId="77777777" w:rsidR="00F6077A" w:rsidRPr="002B25AD" w:rsidRDefault="00F6077A" w:rsidP="00F6077A">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Абай. Өлеңдер, поэмалар, аудармалар мен қара сөздер [Мәтін]. – Алматы: «Жібек жолы» баспа үйі, 2005. – 488 б.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="2ED31D43" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="09A84556" w14:textId="44BC4039" w:rsidR="00F6077A" w:rsidRPr="002B25AD" w:rsidRDefault="00F6077A" w:rsidP="00F6077A">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">Елікбек Д. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B25AD">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="002B25AD">
+      <w:r w:rsidR="004C2FE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
-        </w:rPr>
-        <w:t>-</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>ұят» концептісінің танымдық сипаты // актуальные вопросы современных научных исследований</w:t>
+        <w:t>әкәрім шығармашылығындағы «ар</w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B25AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұят» концептісінің танымдық сипаты // </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B25AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>ктуальные вопросы современных научных исследований</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B25AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
         <w:t>. – 2021. – С. 111-116.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="74164D42" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="17789B95" w14:textId="77777777" w:rsidR="00F6077A" w:rsidRPr="002B25AD" w:rsidRDefault="00F6077A" w:rsidP="00F6077A">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -15995,130 +21659,130 @@
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>мектеп</w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>. 1925. N1. -22-27 б.б.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="169EC67A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="08F56478" w14:textId="77777777" w:rsidR="00F6077A" w:rsidRPr="002B25AD" w:rsidRDefault="00F6077A" w:rsidP="00F6077A">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дулатов М. Оян, қазақ! Роман, өлеңжырлар, әңгімелер. – Алматы: Атамұра, 2003. – 192 б.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="64310691" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="0EDC5B3A" w14:textId="77777777" w:rsidR="00D87CE3" w:rsidRPr="002B25AD" w:rsidRDefault="00D87CE3" w:rsidP="00D87CE3">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Жұмабаев, М. Педагогика [Мәтін]. – 3-басылым. – Алматы: Ана тілі, 1992. – 160 б.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D5D71F" w14:textId="06F862D5" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="002B25AD" w:rsidP="002B25AD">
+    <w:p w14:paraId="36A47785" w14:textId="77777777" w:rsidR="00D87CE3" w:rsidRPr="002B25AD" w:rsidRDefault="00D87CE3" w:rsidP="00D87CE3">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -16144,70 +21808,70 @@
         </w:rPr>
         <w:t xml:space="preserve">Аймауытов, Ж. Психология </w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">[Мәтін]. – </w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Алматы: Рауан. – 1995. – 312 б.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="71AA900F" w14:textId="4A219FB3" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="29DE7D66" w14:textId="77777777" w:rsidR="008E6CE7" w:rsidRPr="002B25AD" w:rsidRDefault="008E6CE7" w:rsidP="008E6CE7">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37657A73" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="577D7F01" w14:textId="77777777" w:rsidR="008E6CE7" w:rsidRPr="002B25AD" w:rsidRDefault="008E6CE7" w:rsidP="008E6CE7">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p w14:paraId="4B174FF0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
       <w:pPr>
@@ -16231,95 +21895,95 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPRS | European Parliamentary Research Service. 2021. Implementation of citizenship education action in the EU</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="586292F0" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="77998010" w14:textId="77777777" w:rsidR="00F26C9C" w:rsidRPr="002B25AD" w:rsidRDefault="00F26C9C" w:rsidP="00F26C9C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kitamura, Y., Liu, J., &amp; Hong, M.S. (2022). "Education in East Asia: Changing School Education in China, Japan, and Korea." In C.C. Wolhuter &amp; A.W. Wiseman (Eds.), World Education Patterns in the Global North: The Ebb of Global Forces and the Flow of Contextual Imperatives (International Perspectives on Education and Society, Vol. 43A, pp. 149-168). Emerald Publishing Limited. https://doi.org/10.1108/S1479-36792022000043A010</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="58ABD87A" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="704E571E" w14:textId="77777777" w:rsidR="00F26C9C" w:rsidRPr="002B25AD" w:rsidRDefault="00F26C9C" w:rsidP="00F26C9C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -16339,203 +22003,301 @@
       </w:r>
       <w:hyperlink r:id="rId2">
         <w:r w:rsidRPr="002B25AD">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.moe.gov.sg/education-in-sg/21st-century-competencies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w14:paraId="539CB19C" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="6DE0DD6A" w14:textId="77777777" w:rsidR="00F26C9C" w:rsidRPr="00B44B08" w:rsidRDefault="00F26C9C" w:rsidP="00F26C9C">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="002B25AD">
+      <w:r w:rsidRPr="00B44B08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> U</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B25AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>NESCO. 2021. Global Education Monitoring Report</w:t>
+        <w:t>NESCO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2021. </w:t>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Global</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B25AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B25AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Monitoring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B25AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44B08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
-    <w:p w14:paraId="3D56A016" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="33D8598B" w14:textId="77777777" w:rsidR="00546081" w:rsidRPr="002B25AD" w:rsidRDefault="00546081" w:rsidP="00546081">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> OECD. 2018. Preparing our youth for an inclusive and sustainable world</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
-    <w:p w14:paraId="3F4853D8" w14:textId="77777777" w:rsidR="00547F46" w:rsidRPr="002B25AD" w:rsidRDefault="00547F46" w:rsidP="002B25AD">
+    <w:p w14:paraId="491F345B" w14:textId="77777777" w:rsidR="00546081" w:rsidRPr="002B25AD" w:rsidRDefault="00546081" w:rsidP="00546081">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002B25AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> World Bank. 2022. World Development Report</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
-    <w:p w14:paraId="70F39EBA" w14:textId="77777777" w:rsidR="00D34AFE" w:rsidRPr="00D34AFE" w:rsidRDefault="00D34AFE" w:rsidP="00D34AFE">
+    <w:p w14:paraId="37B95C72" w14:textId="77777777" w:rsidR="000C4989" w:rsidRPr="00D34AFE" w:rsidRDefault="000C4989" w:rsidP="000C4989">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9779"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D34AFE">
         <w:rPr>
@@ -16562,100 +22324,100 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Назарбаев</w:t>
       </w:r>
       <w:r w:rsidRPr="00D34AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Университета, 2021. – 236 с.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D34AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="18">
-    <w:p w14:paraId="317BFBAB" w14:textId="56FF4A7E" w:rsidR="00547F46" w:rsidRPr="00575F1A" w:rsidRDefault="00547F46" w:rsidP="00575F1A">
+    <w:p w14:paraId="1988C161" w14:textId="77777777" w:rsidR="004D11EE" w:rsidRPr="00575F1A" w:rsidRDefault="004D11EE" w:rsidP="004D11EE">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9779"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00575F1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00575F1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Arthur, J., &amp; Kristjánsson, K. (2022). The Jubilee Centre framework for character education in schools. </w:t>
       </w:r>
       <w:r w:rsidRPr="00575F1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>University of Birmingham.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7C7296AD" w14:textId="77777777" w:rsidR="006D1891" w:rsidRDefault="006D1891">
+  <w:p w14:paraId="7C7296AD" w14:textId="77777777" w:rsidR="009A719A" w:rsidRDefault="009A719A">
     <w:pPr>
       <w:pStyle w:val="10"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="047F2B53"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9CDC54EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
@@ -17187,50 +22949,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="249C2B2F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC62CAB8"/>
+    <w:lvl w:ilvl="0" w:tplc="B9E4154E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="298E5802"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1862B808"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -17299,51 +23150,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A9F1DBF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94E6C838"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -17414,51 +23265,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E631AF9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EBA833CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -17527,51 +23378,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="448E383A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="81C04136"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -17640,51 +23491,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4516311B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4F3C25C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -17753,51 +23604,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46AF6D66"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6804DA36"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -17866,51 +23717,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CB13C1A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F796D6D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -17979,51 +23830,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="735D081E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="434054D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -18092,51 +23943,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B3750D1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47D07A9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -18205,51 +24056,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BC80B91"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1E4839A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -18359,168 +24210,219 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1189949836">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1090737391">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="131560936">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1972592529">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="295723114">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1181242660">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1891532625">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="293949489">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1593858535">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="189951255">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1452742000">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="672411285">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2001301465">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="437331284">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1366364927">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1828324053">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00547F46"/>
-    <w:rsid w:val="000729A3"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00277448"/>
+    <w:rsid w:val="00062FB1"/>
+    <w:rsid w:val="000B09A4"/>
+    <w:rsid w:val="000C4989"/>
+    <w:rsid w:val="00114EB5"/>
+    <w:rsid w:val="001B3832"/>
+    <w:rsid w:val="001F3D82"/>
+    <w:rsid w:val="001F4AAB"/>
+    <w:rsid w:val="0026677F"/>
     <w:rsid w:val="002B25AD"/>
-    <w:rsid w:val="00344B35"/>
+    <w:rsid w:val="002B2EC2"/>
+    <w:rsid w:val="00320119"/>
+    <w:rsid w:val="00323805"/>
     <w:rsid w:val="003537A5"/>
-    <w:rsid w:val="00377E42"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004E1952"/>
+    <w:rsid w:val="003A0240"/>
+    <w:rsid w:val="003B1040"/>
+    <w:rsid w:val="003B1D8F"/>
+    <w:rsid w:val="003B5D47"/>
+    <w:rsid w:val="003E7F74"/>
+    <w:rsid w:val="003F7F61"/>
+    <w:rsid w:val="00400BC8"/>
+    <w:rsid w:val="00406636"/>
+    <w:rsid w:val="004438E5"/>
+    <w:rsid w:val="00486A89"/>
+    <w:rsid w:val="004A6FDC"/>
+    <w:rsid w:val="004C2FE7"/>
+    <w:rsid w:val="004C5728"/>
+    <w:rsid w:val="004D11EE"/>
+    <w:rsid w:val="004D1C71"/>
+    <w:rsid w:val="004F218E"/>
+    <w:rsid w:val="00546081"/>
     <w:rsid w:val="00547F46"/>
-    <w:rsid w:val="00566F69"/>
     <w:rsid w:val="00575F1A"/>
-    <w:rsid w:val="00592E12"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006D1891"/>
+    <w:rsid w:val="0060249E"/>
+    <w:rsid w:val="00632ED5"/>
+    <w:rsid w:val="006B561C"/>
+    <w:rsid w:val="006B7D91"/>
     <w:rsid w:val="006D1B60"/>
+    <w:rsid w:val="006D2098"/>
     <w:rsid w:val="006D2350"/>
-    <w:rsid w:val="007B3110"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00AB1F50"/>
+    <w:rsid w:val="006E0D81"/>
+    <w:rsid w:val="00724F2C"/>
+    <w:rsid w:val="00750A8D"/>
+    <w:rsid w:val="007A1A74"/>
+    <w:rsid w:val="00820E6F"/>
+    <w:rsid w:val="00836BA1"/>
+    <w:rsid w:val="008934ED"/>
+    <w:rsid w:val="008C0791"/>
+    <w:rsid w:val="008D0BF9"/>
+    <w:rsid w:val="008E6CE7"/>
+    <w:rsid w:val="008F43E8"/>
+    <w:rsid w:val="00903B5E"/>
+    <w:rsid w:val="0091725F"/>
+    <w:rsid w:val="00960362"/>
+    <w:rsid w:val="009A0680"/>
+    <w:rsid w:val="009A3545"/>
+    <w:rsid w:val="009A719A"/>
+    <w:rsid w:val="009D1C24"/>
+    <w:rsid w:val="009E54A2"/>
+    <w:rsid w:val="00A01C10"/>
+    <w:rsid w:val="00A316CA"/>
+    <w:rsid w:val="00AA3634"/>
+    <w:rsid w:val="00AC7375"/>
+    <w:rsid w:val="00B21DFE"/>
+    <w:rsid w:val="00B2348B"/>
+    <w:rsid w:val="00B26F6D"/>
+    <w:rsid w:val="00B32D86"/>
+    <w:rsid w:val="00B42207"/>
+    <w:rsid w:val="00B44B08"/>
+    <w:rsid w:val="00B800B6"/>
+    <w:rsid w:val="00B80FD5"/>
     <w:rsid w:val="00B97E2A"/>
-    <w:rsid w:val="00BA047D"/>
     <w:rsid w:val="00BA681D"/>
+    <w:rsid w:val="00BD1C6F"/>
+    <w:rsid w:val="00BF6F2B"/>
+    <w:rsid w:val="00C06F62"/>
     <w:rsid w:val="00C22E4E"/>
     <w:rsid w:val="00C511F1"/>
-    <w:rsid w:val="00C9056D"/>
+    <w:rsid w:val="00C80686"/>
+    <w:rsid w:val="00C961F3"/>
+    <w:rsid w:val="00CB0896"/>
+    <w:rsid w:val="00CC501C"/>
+    <w:rsid w:val="00D00757"/>
+    <w:rsid w:val="00D03AC3"/>
+    <w:rsid w:val="00D34890"/>
     <w:rsid w:val="00D34AFE"/>
     <w:rsid w:val="00D74431"/>
-    <w:rsid w:val="00DD225E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED44C5"/>
+    <w:rsid w:val="00D87CE3"/>
+    <w:rsid w:val="00DA60CC"/>
+    <w:rsid w:val="00DC7AE6"/>
+    <w:rsid w:val="00DD2C94"/>
+    <w:rsid w:val="00E818A0"/>
+    <w:rsid w:val="00EA2F1A"/>
     <w:rsid w:val="00EE692A"/>
-    <w:rsid w:val="00F12149"/>
-    <w:rsid w:val="00F45EB0"/>
+    <w:rsid w:val="00F14B17"/>
+    <w:rsid w:val="00F26C9C"/>
+    <w:rsid w:val="00F6077A"/>
+    <w:rsid w:val="00F64251"/>
+    <w:rsid w:val="00F85939"/>
+    <w:rsid w:val="00FA4C94"/>
     <w:rsid w:val="00FC2B0F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -19064,126 +24966,50 @@
     <w:rsid w:val="00547F46"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:i/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
     <w:name w:val="Обычный1"/>
     <w:rsid w:val="00547F46"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...74 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moe.gov.sg/education-in-sg/21st-century-competencies" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://surl.li/tkqgn" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -19458,69 +25284,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>22</Pages>
-  <Words>5450</Words>
-  <Characters>31069</Characters>
+  <Words>5527</Words>
+  <Characters>31504</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>258</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>262</Lines>
+  <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36447</CharactersWithSpaces>
+  <CharactersWithSpaces>36958</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Габит Кусаинов</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>