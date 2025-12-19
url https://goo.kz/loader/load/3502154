--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,19021 +1,10109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="79C416DA" w14:textId="77777777" w:rsidR="00B80E99" w:rsidRPr="00B80E99" w:rsidRDefault="00B80E99" w:rsidP="00B80E99">
+    <w:p w14:paraId="1D5E833D" w14:textId="77777777" w:rsidR="00B4339A" w:rsidRDefault="00B4339A" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80E99">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="72AD9F94" w14:textId="020DFE97" w:rsidR="00B80E99" w:rsidRDefault="00B80E99" w:rsidP="00B80E99">
+    <w:p w14:paraId="4DDD8F9B" w14:textId="77777777" w:rsidR="00321427" w:rsidRPr="00AD2C10" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80E99">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № </w:t>
       </w:r>
-      <w:r w:rsidR="00011BD7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00D748C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">№11 </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B80E99">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...150 lines deleted...]
-        <w:t xml:space="preserve"> жариялайды.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09CFF0AC" w14:textId="77777777" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="47DAFBFC" w14:textId="6A9BDB18" w:rsidR="003E3EEA" w:rsidRPr="00D748C8" w:rsidRDefault="00321427" w:rsidP="00487ACB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D748C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2C10" w:rsidRPr="00D748C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33" w:rsidRPr="00D748C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F5240F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>художественного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F5240F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F5240F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>труда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F5240F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D748C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3701C1BF" w14:textId="77777777" w:rsidR="00321427" w:rsidRPr="00AD2C10" w:rsidRDefault="00321427" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7539"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00011BD7" w14:paraId="10D4C3F9" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="1AB08A21" w14:textId="77777777" w:rsidTr="00506575">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0950AC5D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="59729600" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76F10FE6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00AF1E41" w:rsidP="00321427">
+          <w:p w14:paraId="1BF16122" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18FBD987" w14:textId="6460BCA8" w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="004929BA">
+          <w:p w14:paraId="162814BE" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00DF7B58" w:rsidP="00AD2C10">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r w:rsidR="00D15818" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D748C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">оммуналдық мемлекеттік мекемесі. </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004929BA" w:rsidRPr="00011BD7" w14:paraId="4B977D7E" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="12837667" w14:textId="77777777" w:rsidTr="00506575">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4D6ED636" w14:textId="77777777" w:rsidR="004929BA" w:rsidRPr="004D07D1" w:rsidRDefault="004929BA" w:rsidP="00321427">
+          <w:p w14:paraId="01AFC3F2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="301CBCA5" w14:textId="77777777" w:rsidR="004929BA" w:rsidRPr="00B3089F" w:rsidRDefault="004929BA" w:rsidP="00321427">
+          <w:p w14:paraId="4EFCD7FB" w14:textId="77777777" w:rsidR="00AD2C10" w:rsidRPr="00AD2C10" w:rsidRDefault="004C1F73" w:rsidP="00AD2C10">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>пошта мекенжайының орналасқан жері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождени</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">е, почтовый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="597DD66A" w14:textId="4EE437D1" w:rsidR="004929BA" w:rsidRPr="00335DCB" w:rsidRDefault="004929BA" w:rsidP="00465AE5">
+          <w:p w14:paraId="54F69373" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>3/1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                     город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Площадь Победы</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD5A34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004929BA" w:rsidRPr="00B3089F" w14:paraId="2F3C55DB" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="316ACA11" w14:textId="77777777" w:rsidTr="00506575">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0DB63493" w14:textId="77777777" w:rsidR="004929BA" w:rsidRPr="00B56337" w:rsidRDefault="004929BA" w:rsidP="00321427">
+          <w:p w14:paraId="5861F5CE" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="220BB12A" w14:textId="77777777" w:rsidR="004929BA" w:rsidRPr="00B3089F" w:rsidRDefault="004929BA" w:rsidP="00321427">
+          <w:p w14:paraId="411FB601" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>телефон нөмірлері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35984FDB" w14:textId="3C869132" w:rsidR="004929BA" w:rsidRPr="00B3089F" w:rsidRDefault="004929BA" w:rsidP="00465AE5">
+          <w:p w14:paraId="789619DA" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00CB6B4F" w:rsidP="00D748C8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...17 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D748C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>32-49-69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004929BA" w:rsidRPr="00011BD7" w14:paraId="16B881E9" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="12B0F293" w14:textId="77777777" w:rsidTr="00506575">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="38B68F78" w14:textId="77777777" w:rsidR="004929BA" w:rsidRPr="004D07D1" w:rsidRDefault="004929BA" w:rsidP="00321427">
+          <w:p w14:paraId="68D6AA0B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EAAD16C" w14:textId="77777777" w:rsidR="004929BA" w:rsidRPr="00B3089F" w:rsidRDefault="004929BA" w:rsidP="00321427">
+          <w:p w14:paraId="0E4646DC" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00AD2C10" w:rsidRDefault="004C1F73" w:rsidP="00AD2C10">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>электрондық пошта мекен-жайы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A310C7B" w14:textId="155C29C2" w:rsidR="004929BA" w:rsidRPr="00B3089F" w:rsidRDefault="00011BD7" w:rsidP="00465AE5">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="391917C0" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CD38F2" w:rsidRDefault="00431448" w:rsidP="00D748C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD38F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>sosh1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D748C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD38F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00011BD7" w14:paraId="64BFDD9E" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="0A21BFAF" w14:textId="77777777" w:rsidTr="00506575">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5C761A" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="2956B25E" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="592B8E99" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
+          <w:p w14:paraId="7E058621" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="770A6489" w14:textId="5C377C38" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00E60985" w:rsidP="00832D64">
+          <w:p w14:paraId="34F792DB" w14:textId="79DE1BAC" w:rsidR="006E796D" w:rsidRPr="00AD2C10" w:rsidRDefault="006E796D" w:rsidP="00D15818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...61 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F5240F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>художественного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F5240F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F5240F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>труда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AD2C10" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AD2C10" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русским</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AD2C10" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18C9A092" w14:textId="3DBCCC47" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD5A34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidR="00B4339A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AF1E41">
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00011BD7" w14:paraId="75D599F0" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="2770C027" w14:textId="77777777" w:rsidTr="00506575">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2FA5EE5C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="4BC34A5B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB611D9" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
+          <w:p w14:paraId="1E085E3A" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62D75DD0" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00CA0B24" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="42139064" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="7B36E64D" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00CA0B24" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03972473" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="042E0DD7" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="585DF444" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t>оқу үдерісінде қауіпсіздік техникасы нормалары мен ережелерін сақтау режимін қамтамасыз ету.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00011BD7" w14:paraId="628FA23B" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="01E8681F" w14:textId="77777777" w:rsidTr="00506575">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1E7F8C2B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="2B885DC7" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E310A64" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
+          <w:p w14:paraId="29826B51" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A685DB7" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="0B5BDBF8" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:p w14:paraId="70E028F1" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00832D64">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E126EE4" w14:textId="05445186" w:rsidR="004F2A50" w:rsidRPr="002644E7" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00CA0B24" w:rsidRPr="00A351FE">
-[...34 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>среднее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A351FE">
-[...28 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>специ</w:t>
+            </w:r>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>альное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00487ACB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5240F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B4339A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,8</w:t>
+            </w:r>
+            <w:r w:rsidR="00487ACB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04350AB5" w14:textId="54180341" w:rsidR="004F2A50" w:rsidRPr="00AD2C10" w:rsidRDefault="004F2A50" w:rsidP="00B4339A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">): </w:t>
+            </w:r>
+            <w:r w:rsidR="00487ACB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>212</w:t>
+            </w:r>
+            <w:r w:rsidR="00B4339A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00487ACB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002644E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00011BD7" w14:paraId="41432ABA" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="71DFD0B9" w14:textId="77777777" w:rsidTr="00506575">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4F94DD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="4BEF20BD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="770EBD8B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00913B43" w:rsidP="00913B43">
+          <w:p w14:paraId="2FC7C456" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00AD2C10" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DC3E146" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...48 lines deleted...]
-              <w:t>біліктілік талаптар</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8A86D8" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="000573B9" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+          <w:p w14:paraId="7EA5FF96" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="5C63BDFF" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00A70C03" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="414B106F" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00AD2C10" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-          <w:p w14:paraId="797CBBF2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A70C03" w:rsidRDefault="00A118B1" w:rsidP="00A70C03">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77C23E60" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...44 lines deleted...]
-              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>га-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w14:paraId="51703311" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="46164366" w14:textId="77777777" w:rsidTr="00506575">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48CAE621" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="3257401F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AEB618C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
+          <w:p w14:paraId="5843A2ED" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2309FE5E" w14:textId="3B051954" w:rsidR="00B1578A" w:rsidRPr="00E52D94" w:rsidRDefault="00CA0B24" w:rsidP="00A96BD8">
+          <w:p w14:paraId="35CE4ABF" w14:textId="28D39FCD" w:rsidR="00B1578A" w:rsidRPr="00B86A53" w:rsidRDefault="00487ACB" w:rsidP="00B4339A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00B4339A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="21"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="00B4339A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
+            </w:r>
+            <w:r w:rsidR="00014144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="00B4339A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00B838E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="004A17AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00014144" w:rsidRPr="006B30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B4339A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="21"/>
-[...76 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
-            </w:r>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00011BD7" w14:paraId="35742346" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00AD2C10" w14:paraId="275FDA3A" w14:textId="77777777" w:rsidTr="00506575">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5863E1A0" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="5F247ADE" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD397C9" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
+          <w:p w14:paraId="158A762F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7272B9A2" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="00153436" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+          <w:p w14:paraId="7BE4B340" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4547F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по форме согласно приложению 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4547F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00153436">
-[...269 lines deleted...]
-          <w:p w14:paraId="36485DDC" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="00153436" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FBD97B6" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...246 lines deleted...]
-          <w:p w14:paraId="11458AE1" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="00153436" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7771E586" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...327 lines deleted...]
-          <w:p w14:paraId="33ED97EE" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="00A63866" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="677F3FA9" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...294 lines deleted...]
-          <w:p w14:paraId="3CEA5629" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="00A63866" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17BA2B83" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...175 lines deleted...]
-          <w:p w14:paraId="04F82E6D" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="00A63866" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C23F065" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...789 lines deleted...]
-          <w:p w14:paraId="4019C2AC" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="00A63866" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69CA282F" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...86 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) справкус психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="374E075E" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="00A63866" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+          <w:p w14:paraId="0B747695" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...87 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="477D748B" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="008226EE" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+          <w:p w14:paraId="0DF5EE00" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00AD2C10" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...317 lines deleted...]
-          <w:p w14:paraId="32ECD8B5" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="008226EE" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EB82E7F" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="00470938" w:rsidP="0019603D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="434253EC" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="008226EE" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidR="0019603D" w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для кандидатов на занятие должности педагогов английского</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ADC9653" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="629A591A" w14:textId="77777777" w:rsidR="00C7245C" w:rsidRPr="008226EE" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>языка сертификат о результатах сертификации с пороговым</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B7FE657" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...37 lines deleted...]
-          <w:p w14:paraId="56592884" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C7245C" w:rsidRDefault="00C7245C" w:rsidP="00C7245C">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уровнем не менее 90% по предмету или удостоверение о наличии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64B45891" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационной категории педагога-модератора или педагога-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75B69F05" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эксперта, или педагога-исследователя, или педагога-мастера (при</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79FF75AE" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>илисертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (Certificate in English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58527F95" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FF55C34" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32DF385E" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>илитойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>BT)) – 60 – 65</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38824331" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78588EDB" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11) педагоги, приступившие к педагогической деятельности в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="786D6283" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="17693EA4" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образования на должности педагогов по специальным дисциплинам и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B94E794" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мастеров производственного обучения, имеющие стаж работы на</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A84F5FA" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>производстве по соответствующей специальности или профилю не</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39DD5029" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A5914A6" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заполненный Оценочный лист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидата на вакантную или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="467A29C0" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57A097EB" w14:textId="77777777" w:rsidR="0019603D" w:rsidRPr="0019603D" w:rsidRDefault="0019603D" w:rsidP="0019603D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4547F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46F10529" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00AD2C10" w:rsidRDefault="0019603D" w:rsidP="00635498">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>видеопрезентация для кандидата без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью</w:t>
+            </w:r>
+            <w:r w:rsidR="00635498">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00635498">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минут, с минимальным разрешением – 720 x 480;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="0010161D" w14:paraId="6731E953" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00506575" w:rsidRPr="00AD2C10" w14:paraId="679752D7" w14:textId="77777777" w:rsidTr="00506575">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="437A0DAB" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="004D07D1" w:rsidRDefault="00D478D0" w:rsidP="00321427">
+          <w:p w14:paraId="23439EDD" w14:textId="77777777" w:rsidR="00506575" w:rsidRPr="00506575" w:rsidRDefault="00506575" w:rsidP="00506575">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6B3FC6" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="004929BA" w:rsidP="00704E3C">
-[...21 lines deleted...]
-                <w:color w:val="002033"/>
+          <w:p w14:paraId="74325C2C" w14:textId="77777777" w:rsidR="00506575" w:rsidRPr="002F1A09" w:rsidRDefault="00506575" w:rsidP="00506575">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="002033"/>
+            <w:r w:rsidRPr="002F1A09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="797A62EC" w14:textId="1E06BC67" w:rsidR="00D478D0" w:rsidRPr="00C7245C" w:rsidRDefault="00011BD7" w:rsidP="00C7245C">
-            <w:pPr>
+          <w:p w14:paraId="4B0706A9" w14:textId="77777777" w:rsidR="00506575" w:rsidRPr="002F1A09" w:rsidRDefault="00506575" w:rsidP="00506575">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Келісім шартқа сәйкес</w:t>
+              <w:t xml:space="preserve"> постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00D0FD15" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00704E3C" w:rsidRDefault="00B3089F">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="3351ECF4" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68FC273A" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C79CD10" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57BCB55B" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D863607" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20D39FCF" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71A68603" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C701BAD" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13E2759F" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71C709F5" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BD5FADB" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B059154" w14:textId="77777777" w:rsidR="003B3594" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FA52166" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="001F4BA9" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5495"/>
         <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="542C5DE5" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00D748C8" w:rsidRPr="00790B31" w14:paraId="31E15F0D" w14:textId="77777777" w:rsidTr="001A3D85">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C89BFA1" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00704E3C" w:rsidRDefault="00B3089F" w:rsidP="00BE792E">
+          <w:p w14:paraId="7CFF36BE" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk141971774"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B897BBF" w14:textId="77777777" w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
+          <w:p w14:paraId="65E41E6B" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004A0E91" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004A0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="798ADB74" w14:textId="77777777" w:rsidR="00011BD7" w:rsidRDefault="00011BD7" w:rsidP="00BE792E">
+              <w:t>Приложение 15 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B6FD166" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004A0E91" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="645D484B" w14:textId="4DA978C4" w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
+            <w:r w:rsidRPr="004A0E91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BC130CA" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004A0E91" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004A0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="69AB5377" w14:textId="77777777" w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D797D3E" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004A0E91" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004A0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6CADDD7C" w14:textId="77777777" w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C66E6C" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004A0E91" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004A0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымнан босату </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="6516D568" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00BE792E">
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F86CFDE" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004A0E91" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="004A0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...49 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="451B04D0" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00BE4A7F" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+    <w:p w14:paraId="2E0842AD" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="0043153B" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38948B9C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="0DF2AF3B" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35BCB6AA" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w14:paraId="32392FBE" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F82AA5">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>байқауды</w:t>
-[...51 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B86D2E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="56E96689" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754133E2" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="530F7FCB" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00013DAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...19 lines deleted...]
-        <w:t>_</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61704B74" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w14:paraId="14A6696A" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00BE4A7F">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ү</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C0B7FC7" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4F26B2BE" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000573B9">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA3F572" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="000573B9">
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0BE8C3" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26ED4C38" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000573B9">
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_</w:t>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000573B9">
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...112 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41448A3B" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="7891CFD7" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D77DD62" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="0CDF6099" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7504A4" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="708979DD" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="763FF425" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00D3471A" w:rsidP="00F7191E">
+    <w:p w14:paraId="6514FA89" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E86374A" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00BE4A7F" w:rsidRDefault="00F7191E" w:rsidP="00BE4A7F">
+    <w:p w14:paraId="70DC3F4B" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BE4A7F" w:rsidRPr="00BE4A7F">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені бос/уақытша бос лауазымға орналасуға арналған </w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
-      <w:r w:rsidR="00BE4A7F">
+    </w:p>
+    <w:p w14:paraId="4C75252B" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004D07D1" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>байқауға</w:t>
+        <w:t>должности (нужное подчеркнуть)</w:t>
       </w:r>
-      <w:r w:rsidR="00BE4A7F" w:rsidRPr="00BE4A7F">
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451FC574" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004D07D1" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE6BD04" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004D07D1" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EE4667" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я, адрес (область, район, город/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640FB24F" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004D07D1" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4938792F" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004D07D1" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+        <w:t>В настоящее время работаю:</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00BE4A7F">
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168DDCEA" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004D07D1" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B60B281" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27ACF33B" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FBD548" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4832037F" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E03D17F" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="009D536D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="41BCFEE5" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...208 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...17 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D079205" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-[...268 lines deleted...]
-    <w:p w14:paraId="2818BB22" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="0A8B7647" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="5DCE0333" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00D748C8" w:rsidRPr="00790B31" w14:paraId="7FD19D91" w14:textId="77777777" w:rsidTr="001A3D85">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57CFD14E" w14:textId="77777777" w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE4A7F">
+          <w:p w14:paraId="23454887" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі:</w:t>
-[...15 lines deleted...]
-              <w:t>жоғары немесе жоғары оқу орнынан кейін</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="678CD886" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00437A2D">
+          <w:p w14:paraId="33FC2881" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6BAA9EF3" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебногозаведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="215B7E93" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00437A2D">
+          <w:p w14:paraId="0BA0B210" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Периодобучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E138479" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00B760F5" w:rsidRDefault="00B760F5" w:rsidP="00437A2D">
+          <w:p w14:paraId="2EDBC4F0" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="401EFCB6" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>подиплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="793D5580" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00D748C8" w:rsidRPr="00790B31" w14:paraId="7C2C8530" w14:textId="77777777" w:rsidTr="001A3D85">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="435DB549" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="2796C082" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D0091B9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="5D640661" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E36F1B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="61559832" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="452A0CE4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="2BBC91A7" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="001A3D85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41060510" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="52FE7441" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EFD1081" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00B760F5" w:rsidP="00C424F6">
+    <w:p w14:paraId="06BEB829" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DABA880" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D6C2BC4" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59D7BBF1" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4452002A" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DD2F84" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78748FC6" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABCA14E" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21850946" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C19767" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28D9FD25" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD14D28" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7189D3C4" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8DF70B" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="004D07D1" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144B501E" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00452A41" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284D50B0" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00790B31" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="391D35D9" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30A78B5E" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRPr="00013DAC" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="269A5E35" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Біліктілік санатының болуы</w:t>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
-[...44 lines deleted...]
-      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________</w:t>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00B760F5">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="0B1CCE8E" w14:textId="77777777" w:rsidR="00D748C8" w:rsidRDefault="00D748C8" w:rsidP="00D748C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>___</w:t>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10178" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5842"/>
+        <w:gridCol w:w="4336"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="276E039A" w14:textId="77777777" w:rsidTr="007A22BB">
+        <w:trPr>
+          <w:trHeight w:val="725"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A7C05E" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="538B9743" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D36B943" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="463E26EF" w14:textId="77777777" w:rsidTr="007A22BB">
+        <w:trPr>
+          <w:trHeight w:val="725"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="428CF0A1" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33F8277B" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="520F6F1A" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="352614FC" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Правилам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="10FFC78A" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F96B141" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>должностей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="131AE654" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>руководителей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0A02E495" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2C07E738" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="596885A0" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="00D5191F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19DB2D0F" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="00D5191F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3CA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00BE3CA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_</w:t>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6EE899" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="009D536D" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w14:paraId="085C5B70" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="00D5191F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...7 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00BE3CA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя, </w:t>
       </w:r>
-      <w:r w:rsidRPr="009D536D">
-[...6 lines deleted...]
-        <w:t>_</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE3CA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>отчество(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE3CA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52DE1736" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w14:paraId="5A2C99FF" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="00D5191F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D2D6688" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00B760F5" w:rsidRDefault="00B760F5" w:rsidP="00C424F6">
-[...811 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6164"/>
-        <w:gridCol w:w="3901"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00011BD7" w14:paraId="71B5DCA6" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="13B01807" w14:textId="77777777" w:rsidTr="007A22BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DBF7DFB" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="7C1CC252" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...828 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-          </w:p>
-[...38 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25A4B86C" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7657B933" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B43D4F0" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...67 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="1E68CBA5" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE94980" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
+          <w:p w14:paraId="355944FF" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кол-во </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>баллов(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB8AC20" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-              <w:t>Үміткердің</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...17 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00011BD7" w14:paraId="17E5A410" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="44072ADF" w14:textId="77777777" w:rsidTr="007A22BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14656A96" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...77 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="65967432" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="289DADDD" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="57F49015" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...150 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4423B3D4" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...276 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5C486160" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA7EABF" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00642C5F" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...53 lines deleted...]
-              <w:t>2.</w:t>
+          <w:p w14:paraId="5FCC815B" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="438B65F6" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D36967" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A7F88DC" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79B21DBC" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="412BAFE1" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="3BE1E074" w14:textId="77777777" w:rsidTr="007A22BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B298DD3" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...76 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="62048893" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6432B23D" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="62F847E4" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...133 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07ECBF28" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...119 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="69EAE385" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54295241" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="73276285" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48FB7629" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>3.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F0E7D2" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FA56D4" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="0A0F4CC2" w14:textId="77777777" w:rsidTr="007A22BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="127B5FFA" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...136 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="636C8905" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="221DAEA6" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="55D17E93" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67C1CBF4" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="60F1AD9C" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...82 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10BA2B95" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="329E1C34" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76ACCB42" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFE910B" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="3B756909" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="567E74CB" w14:textId="77777777" w:rsidTr="007A22BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52178263" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...94 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="08006853" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D783772" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="12AEF453" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...73 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67F40154" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...314 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="5CDFC228" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F28669B" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E98800D" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1BF4F545" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вторая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F720AF2" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751AA633" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A66ECE3" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="799A8BC4" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38F0CD19" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08F90B55" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="553467C9" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00011BD7" w14:paraId="4E6E3316" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="55481018" w14:textId="77777777" w:rsidTr="007A22BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="224B50EB" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...174 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="4C53635E" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5185B15B" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...159 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3617DBE6" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10F1C0AF" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...6 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="4C5BDCB9" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Әдіскер</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>лауазымдық</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>книжка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...4 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/документ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>жұмыс</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>трудовую</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...4 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...370 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B895427" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="7B2F7AB2" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67830888" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>6.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28EB2BA4" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F5EB13" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="01AA2C1B" w14:textId="77777777" w:rsidTr="007A22BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51004CB5" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...136 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="489E3A8A" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="138BA1E2" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7938A775" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ECE24AE" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...190 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="0D7D1FDB" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF148E6" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="143BBADA" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="527BE9B4" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76C1742E" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76930816" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00011BD7" w14:paraId="6A75E512" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="492B2C1C" w14:textId="77777777" w:rsidTr="007A22BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C8D3925" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...274 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="786AC1E0" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B8549D6" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="329CA5D0" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...381 lines deleted...]
-              <w:t>)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="536E6A23" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...221 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3E91F01C" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2C6044" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...53 lines deleted...]
-              <w:t>8.</w:t>
+          <w:p w14:paraId="7FB529F3" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64174FED" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо= </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6232A7" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3E1EA9" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="37C47376" w14:textId="77777777" w:rsidTr="007A22BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3320FE" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...76 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="18480B9C" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D858983" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1EF2268E" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>дипломдар</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>білім</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...4 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...386 lines deleted...]
-              <w:t>награда</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6539D449" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...670 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="4ABDE8FB" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="729FC564" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76646FDB" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35E66ABD" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="06241F5F" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32D427E6" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="100B78BA" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="232326B4" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16908489" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413937A3" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B184713" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D6B7C17" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстанеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F84768B" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="3BBFC79A" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="43EF0E39" w14:textId="77777777" w:rsidTr="007A22BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A692EEF" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...77 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="068E3BDB" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64B32F74" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="199AE6B3" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="493061DD" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...454 lines deleted...]
-              <w:t xml:space="preserve"> - 3 балл</w:t>
+          <w:p w14:paraId="669125F6" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD2D19A" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="696A2C66" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="293643AF" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21CF695E" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>понаучно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D09F7FE" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="727B91A1" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="005A0739" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="098EBCD6" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="3F6973E5" w14:textId="77777777" w:rsidTr="007A22BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="468AD5AE" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="45016830" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5734559E" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6206DE37" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...90 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC56D56" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...473 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+          <w:p w14:paraId="3C87C995" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="274A0731" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="404D3EA8" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E699197" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63033089" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский=2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C69DA27" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E2D09A" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="590EE9FE" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="323AA25F" w14:textId="77777777" w:rsidTr="007A22BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="283FC5F2" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...77 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="4B8FEAC3" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B14EA5C" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6B2E1B1F" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1055 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry "</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="590EC07D" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...17 lines deleted...]
-              <w:t>ПШО, НЗМ, "</w:t>
+          <w:p w14:paraId="62D35DC2" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C0D216" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D488470" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5191F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5191F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5191F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5191F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5191F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Өрлеу</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">" </w:t>
+            <w:r w:rsidRPr="00D5191F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="220D8C7D" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CD35C0B" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с Microsoft» </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>курстары</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="25FB68F5" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">= 0,5 </w:t>
+          <w:p w14:paraId="537EFA85" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="495DA924" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="292EA857" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DFCD869" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="680726EF" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="756D8326" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKTTeaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Қазақстан</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Test»Certificate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...4 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in EMI Skills (English as a Medium of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Instruction)Teacher</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of English to Speakers of Other Languages (TESOL) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TESOL»Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in teaching English for young </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>learnersInternational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="054D5154" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0235B532" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Becoming a Better Teacher: Exploring Professional </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DevelopmentAssessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Республикасы</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TeachingOnline</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...4 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching for Educators: Development and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DeliveryEducational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Білім</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ManagementKey</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6175030C" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>ғылым</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...726 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6102D2EE" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4462D0B3" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15D64B2E" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1DED2D82" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EF79CD5" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы повышения квалификации по </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>программам,согласованным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C487197" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="266572B4" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="6A866285" w14:textId="77777777" w:rsidTr="007A22BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C339DA6" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...593 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="0E73DB60" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>тәжірибесі</w:t>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03F79270" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0DB3A295" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...7 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...118 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB97681" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...48 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3F70E427" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="250405F6" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="68ED8495" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B042EDA" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w14:paraId="57C5D7DE" w14:textId="77777777" w:rsidTr="00076518">
+      <w:tr w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w14:paraId="02FF1BEA" w14:textId="77777777" w:rsidTr="007A22BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CEE300B" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...27 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="407E75F0" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3CA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78B5E8DD" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...17 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="4E7F480F" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD46223" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...6 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="03FC596B" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="007A22BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BF742ED" w14:textId="77777777" w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
-[...3 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    <w:p w14:paraId="0FDEA2C6" w14:textId="77777777" w:rsidR="00D5191F" w:rsidRPr="00BE3CA9" w:rsidRDefault="00D5191F" w:rsidP="00D5191F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37CF71CA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="1F299D1D" w14:textId="77777777" w:rsidR="003B3594" w:rsidRPr="00F5240F" w:rsidRDefault="003B3594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00437A2D" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="003B3594" w:rsidRPr="00F5240F" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5DCB25ED" w14:textId="77777777" w:rsidR="003C3D39" w:rsidRDefault="003C3D39" w:rsidP="00D5191F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6305A2FF" w14:textId="77777777" w:rsidR="003C3D39" w:rsidRDefault="003C3D39" w:rsidP="00D5191F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -19049,50 +10137,75 @@
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="04EF7917" w14:textId="77777777" w:rsidR="003C3D39" w:rsidRDefault="003C3D39" w:rsidP="00D5191F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="46063007" w14:textId="77777777" w:rsidR="003C3D39" w:rsidRDefault="003C3D39" w:rsidP="00D5191F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19687,830 +10800,819 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="108668211">
+  <w:num w:numId="1" w16cid:durableId="762147604">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1986162774">
+  <w:num w:numId="2" w16cid:durableId="903568956">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1223515472">
+  <w:num w:numId="3" w16cid:durableId="1006253105">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1599675734">
+  <w:num w:numId="4" w16cid:durableId="1295022886">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1863517947">
+  <w:num w:numId="5" w16cid:durableId="769202175">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1392538102">
+  <w:num w:numId="6" w16cid:durableId="1248926505">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
-    <w:rsid w:val="00011BD7"/>
+    <w:rsid w:val="00014144"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="000573B9"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="00093671"/>
+    <w:rsid w:val="0009680B"/>
     <w:rsid w:val="00097C91"/>
-    <w:rsid w:val="000A1589"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B2B5D"/>
-    <w:rsid w:val="000B6862"/>
     <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C269E"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="0010161D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00153436"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
+    <w:rsid w:val="0019603D"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
-    <w:rsid w:val="00204307"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002644E7"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="00283851"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="002913AA"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
-    <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="003305A7"/>
     <w:rsid w:val="00334CC0"/>
-    <w:rsid w:val="00335DCB"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
+    <w:rsid w:val="0038137B"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
-    <w:rsid w:val="003B1A8C"/>
-    <w:rsid w:val="003B5721"/>
+    <w:rsid w:val="003B3594"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
+    <w:rsid w:val="003C3D39"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E1C9D"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
-    <w:rsid w:val="00415884"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
-    <w:rsid w:val="004260C3"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00430D9F"/>
+    <w:rsid w:val="00431448"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
-    <w:rsid w:val="00443C44"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00487ACB"/>
     <w:rsid w:val="00491B89"/>
-    <w:rsid w:val="004929BA"/>
+    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A17AC"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00506575"/>
     <w:rsid w:val="005116C4"/>
-    <w:rsid w:val="00512C2E"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00581267"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D3E61"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="006257E5"/>
+    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
-    <w:rsid w:val="00630A70"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
-    <w:rsid w:val="00636139"/>
+    <w:rsid w:val="00635498"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="006424B7"/>
-    <w:rsid w:val="00642C5F"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00662BE7"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="0068759C"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A6F50"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00700ADC"/>
-    <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
-    <w:rsid w:val="00726C3B"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00830EBF"/>
-    <w:rsid w:val="00832D64"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00860EED"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
-    <w:rsid w:val="0088118E"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B5892"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008C6FEA"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="009041EE"/>
     <w:rsid w:val="00912432"/>
-    <w:rsid w:val="00913B43"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
-    <w:rsid w:val="00924EAA"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
-    <w:rsid w:val="009D536D"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009E5C71"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A25845"/>
+    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A351FE"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A572CE"/>
     <w:rsid w:val="00A5737A"/>
-    <w:rsid w:val="00A63866"/>
-    <w:rsid w:val="00A70C03"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A92BB1"/>
     <w:rsid w:val="00A949A2"/>
-    <w:rsid w:val="00A96BD8"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD2C10"/>
     <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD5A34"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
-    <w:rsid w:val="00AE5AB7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF1E41"/>
-    <w:rsid w:val="00B0017D"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B4339A"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B549F4"/>
+    <w:rsid w:val="00B4745E"/>
     <w:rsid w:val="00B552A1"/>
-    <w:rsid w:val="00B56337"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
-    <w:rsid w:val="00B760F5"/>
-    <w:rsid w:val="00B80E99"/>
     <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B838E8"/>
     <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B86A53"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
-    <w:rsid w:val="00BE4A7F"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BE792E"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
-    <w:rsid w:val="00C256D4"/>
-    <w:rsid w:val="00C26849"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C53A35"/>
     <w:rsid w:val="00C56FDD"/>
-    <w:rsid w:val="00C63D19"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
-    <w:rsid w:val="00C71C71"/>
-    <w:rsid w:val="00C7245C"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C83B05"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
-    <w:rsid w:val="00CA0B24"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CA444E"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
-    <w:rsid w:val="00CB7A1A"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD38F2"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14A76"/>
+    <w:rsid w:val="00D14B7E"/>
     <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
-    <w:rsid w:val="00D32923"/>
     <w:rsid w:val="00D32E8B"/>
-    <w:rsid w:val="00D3471A"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D5191F"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D748C8"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D94AAB"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD5EBD"/>
     <w:rsid w:val="00DD7F5E"/>
-    <w:rsid w:val="00DE3170"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF533F"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
-    <w:rsid w:val="00E0367E"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
-    <w:rsid w:val="00E17FA3"/>
     <w:rsid w:val="00E20179"/>
-    <w:rsid w:val="00E20BAC"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E4547F"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
-    <w:rsid w:val="00E52D94"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
-    <w:rsid w:val="00E60985"/>
-    <w:rsid w:val="00E62F31"/>
+    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA6E61"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE6667"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
-    <w:rsid w:val="00F471E9"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F5240F"/>
+    <w:rsid w:val="00F52B7E"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F82AA5"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB348D"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD77B4"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE4B75"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1695893F"/>
-  <w15:docId w15:val="{8A14136F-00A6-4414-81BD-9427662BA8B9}"/>
+  <w14:docId w14:val="680A2052"/>
+  <w15:docId w15:val="{52BA3D7E-B70F-4E10-BB65-2415C99C22E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20868,50 +11970,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00EE6667"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -21008,194 +12111,171 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="2">
-    <w:name w:val="Неразрешенное упоминание2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D748C8"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0009680B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D5191F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
+    <w:rsid w:val="00D5191F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A351FE"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00D5191F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D5191F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
-    <w:div w:id="82916394">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...37 lines deleted...]
-    <w:div w:id="1147747301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1446004979">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sosh11goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21446,78 +12526,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E9E97A6-A8F2-44C3-8784-53A8EBF386A5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{531F162C-B8BE-4F6B-8506-5BC4FCBBC3A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1952</Words>
-  <Characters>11133</Characters>
+  <Words>1959</Words>
+  <Characters>11172</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
+  <Lines>93</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13059</CharactersWithSpaces>
+  <CharactersWithSpaces>13105</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>