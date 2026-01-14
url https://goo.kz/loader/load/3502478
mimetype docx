--- v0 (2025-12-15)
+++ v1 (2026-01-14)
@@ -1,752 +1,580 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BA65FF" w:rsidRDefault="00BA65FF" w:rsidP="004B244F">
+    <w:p w:rsidR="00BA65FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00BA65FF" w:rsidP="00711A0A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00044EF4" w:rsidRPr="00BA65FF" w:rsidRDefault="00044EF4" w:rsidP="004B244F">
+    <w:p w:rsidR="001142A6" w:rsidRDefault="001142A6" w:rsidP="00ED5CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA56C4" w:rsidRDefault="00FA56C4" w:rsidP="00C363E3">
+    <w:p w:rsidR="00711A0A" w:rsidRPr="003C78DC" w:rsidRDefault="00711A0A" w:rsidP="00ED5CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5CEC" w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№38 </w:t>
+      </w:r>
+      <w:r w:rsidR="001142A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5CEC" w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001142A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орта  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру мектебі» КММ бойынша</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRPr="001B3451" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
+    <w:p w:rsidR="00A16DBB" w:rsidRPr="003C78DC" w:rsidRDefault="00A11340" w:rsidP="00711A0A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Результаты конкурса </w:t>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтердің </w:t>
+      </w:r>
+      <w:r w:rsidR="00711A0A" w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE76CB" w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымдарына</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRPr="001B3451" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
+    <w:p w:rsidR="00711A0A" w:rsidRPr="003C78DC" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> вакантных должностей педагогов </w:t>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тағайындау конкурсының </w:t>
+      </w:r>
+      <w:r w:rsidR="00794310" w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRPr="001B3451" w:rsidRDefault="00C363E3" w:rsidP="009D667D">
-[...350 lines deleted...]
-    <w:p w:rsidR="00FA56C4" w:rsidRDefault="00FA56C4" w:rsidP="0094391B">
+    <w:p w:rsidR="004B244F" w:rsidRPr="003C78DC" w:rsidRDefault="004B244F" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA56C4" w:rsidRDefault="00FA56C4" w:rsidP="0094391B">
+    <w:p w:rsidR="00ED5CEC" w:rsidRPr="003C78DC" w:rsidRDefault="00ED5CEC" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="001B3451" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+    <w:p w:rsidR="001142A6" w:rsidRPr="0088484E" w:rsidRDefault="001142A6" w:rsidP="003E0B7B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурстық комиссия кандидаттардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088484E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынылған құжаттарын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қарап, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C72223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тілінде оқытатын бастауыш сынып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088484E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C72223" w:rsidRPr="00C72223">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>САРКЕНБАЕВА ИНАРА АСЕТОВНА</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  кандидатурасы  бекітілді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088484E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001142A6" w:rsidRDefault="001142A6" w:rsidP="001142A6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0851" w:rsidRPr="003C78DC" w:rsidRDefault="002E0851" w:rsidP="00B400C6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00613161" w:rsidRPr="003C78DC" w:rsidRDefault="00613161" w:rsidP="00B400C6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE76CB" w:rsidRPr="003C78DC" w:rsidRDefault="00FE76CB" w:rsidP="00FE76CB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B3451">
+    </w:p>
+    <w:p w:rsidR="00ED5CEC" w:rsidRPr="003C78DC" w:rsidRDefault="00ED5CEC" w:rsidP="0094391B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="001B3451" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+    <w:p w:rsidR="0094391B" w:rsidRPr="003C78DC" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B3451">
+      <w:r w:rsidRPr="003C78DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="001B3451">
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0094391B" w:rsidRPr="003C78DC" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C78DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D5FCC" w:rsidRPr="001B3451">
+        <w:t xml:space="preserve">хатшысы                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="007C452F" w:rsidRPr="003C78DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F4342" w:rsidRPr="001B3451">
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C78DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...49 lines deleted...]
-        <w:t>Наскенова К.Г.</w:t>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00392000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К.Г.Наскенова</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D5FCC" w:rsidRPr="001B3451" w:rsidRDefault="005D5FCC" w:rsidP="0094391B">
+    <w:p w:rsidR="005D7DE0" w:rsidRPr="003C78DC" w:rsidRDefault="0094391B" w:rsidP="00C709E5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B400C6" w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36801" w:rsidRPr="003C78DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C72223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 08  қазан </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000E134E" w:rsidRPr="001B3451" w:rsidRDefault="000E134E" w:rsidP="0094391B">
-[...45 lines deleted...]
-    <w:sectPr w:rsidR="0094391B" w:rsidRPr="001B3451" w:rsidSect="00044EF4">
+    <w:sectPr w:rsidR="005D7DE0" w:rsidRPr="003C78DC" w:rsidSect="004B244F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1276" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="5FE05354"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AD8F37A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -819,159 +647,164 @@
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="75"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
-    <w:rsid w:val="00044EF4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000E134E"/>
+    <w:rsid w:val="00030254"/>
+    <w:rsid w:val="00066A2F"/>
+    <w:rsid w:val="000B286D"/>
     <w:rsid w:val="00113FCF"/>
+    <w:rsid w:val="001142A6"/>
     <w:rsid w:val="00154C33"/>
-    <w:rsid w:val="001B3451"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00236152"/>
+    <w:rsid w:val="001A0271"/>
+    <w:rsid w:val="001E6710"/>
+    <w:rsid w:val="0020763B"/>
     <w:rsid w:val="00260DF1"/>
-    <w:rsid w:val="00277D7F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003F0F21"/>
+    <w:rsid w:val="002714B9"/>
+    <w:rsid w:val="00277DC8"/>
+    <w:rsid w:val="00291F7E"/>
+    <w:rsid w:val="002B719D"/>
+    <w:rsid w:val="002E0851"/>
+    <w:rsid w:val="002E0E78"/>
+    <w:rsid w:val="00382576"/>
+    <w:rsid w:val="00392000"/>
+    <w:rsid w:val="003B7F4F"/>
+    <w:rsid w:val="003C78DC"/>
+    <w:rsid w:val="003E0B7B"/>
     <w:rsid w:val="00404AFB"/>
-    <w:rsid w:val="00491FB5"/>
+    <w:rsid w:val="00404D3E"/>
+    <w:rsid w:val="00405816"/>
+    <w:rsid w:val="00432610"/>
+    <w:rsid w:val="004952E4"/>
     <w:rsid w:val="004B244F"/>
-    <w:rsid w:val="00504CB9"/>
+    <w:rsid w:val="004E443D"/>
     <w:rsid w:val="00570347"/>
-    <w:rsid w:val="005A1A8C"/>
-[...7 lines deleted...]
-    <w:rsid w:val="006F4425"/>
+    <w:rsid w:val="0058234B"/>
+    <w:rsid w:val="005A4262"/>
+    <w:rsid w:val="005A705B"/>
+    <w:rsid w:val="005B669F"/>
+    <w:rsid w:val="005D7DE0"/>
+    <w:rsid w:val="00613161"/>
+    <w:rsid w:val="00614E6D"/>
+    <w:rsid w:val="00622205"/>
+    <w:rsid w:val="006E18F1"/>
     <w:rsid w:val="00711A0A"/>
+    <w:rsid w:val="0072331F"/>
     <w:rsid w:val="00727830"/>
     <w:rsid w:val="00737477"/>
     <w:rsid w:val="0074089D"/>
-    <w:rsid w:val="0076185A"/>
     <w:rsid w:val="00794310"/>
     <w:rsid w:val="007957B1"/>
-    <w:rsid w:val="007C643D"/>
+    <w:rsid w:val="007C452F"/>
+    <w:rsid w:val="007D30E3"/>
+    <w:rsid w:val="007E50A1"/>
+    <w:rsid w:val="0082520B"/>
+    <w:rsid w:val="00827A94"/>
     <w:rsid w:val="00833E3D"/>
+    <w:rsid w:val="00876F69"/>
+    <w:rsid w:val="008A5801"/>
     <w:rsid w:val="008A77C8"/>
     <w:rsid w:val="008B0E33"/>
-    <w:rsid w:val="0090681F"/>
     <w:rsid w:val="0090705F"/>
+    <w:rsid w:val="009263BA"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
-    <w:rsid w:val="009519C6"/>
     <w:rsid w:val="00967565"/>
-    <w:rsid w:val="00982075"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009D667D"/>
     <w:rsid w:val="009D6FA9"/>
-    <w:rsid w:val="00A046BC"/>
     <w:rsid w:val="00A11340"/>
     <w:rsid w:val="00A16DBB"/>
-    <w:rsid w:val="00A33B93"/>
-    <w:rsid w:val="00A36776"/>
+    <w:rsid w:val="00A36C70"/>
     <w:rsid w:val="00A42D80"/>
-    <w:rsid w:val="00A66C83"/>
+    <w:rsid w:val="00A80FC5"/>
     <w:rsid w:val="00AA268F"/>
-    <w:rsid w:val="00AC109A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AD6E41"/>
+    <w:rsid w:val="00AD0F0C"/>
     <w:rsid w:val="00AE2142"/>
-    <w:rsid w:val="00B153FC"/>
-    <w:rsid w:val="00B27B24"/>
+    <w:rsid w:val="00B16693"/>
+    <w:rsid w:val="00B2412A"/>
     <w:rsid w:val="00B3099C"/>
-    <w:rsid w:val="00B44788"/>
+    <w:rsid w:val="00B400C6"/>
     <w:rsid w:val="00B6329A"/>
-    <w:rsid w:val="00B75DB8"/>
-    <w:rsid w:val="00B960A2"/>
+    <w:rsid w:val="00B74A90"/>
     <w:rsid w:val="00BA65FF"/>
+    <w:rsid w:val="00BF202B"/>
     <w:rsid w:val="00C363E3"/>
-    <w:rsid w:val="00C66B83"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D872DE"/>
+    <w:rsid w:val="00C709E5"/>
+    <w:rsid w:val="00C72223"/>
+    <w:rsid w:val="00CA7DBC"/>
+    <w:rsid w:val="00D447EA"/>
+    <w:rsid w:val="00D475B6"/>
     <w:rsid w:val="00DE78FB"/>
-    <w:rsid w:val="00E1245E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00EE2EBC"/>
+    <w:rsid w:val="00DF126E"/>
+    <w:rsid w:val="00DF4B94"/>
+    <w:rsid w:val="00ED5CEC"/>
+    <w:rsid w:val="00EE73F2"/>
     <w:rsid w:val="00F029EE"/>
+    <w:rsid w:val="00F36801"/>
     <w:rsid w:val="00F46589"/>
-    <w:rsid w:val="00F56023"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FA657B"/>
+    <w:rsid w:val="00F5425F"/>
+    <w:rsid w:val="00F91901"/>
+    <w:rsid w:val="00FB6CA0"/>
+    <w:rsid w:val="00FC0218"/>
+    <w:rsid w:val="00FE76CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17410"/>
+    <o:shapedefaults v:ext="edit" spidmax="18434"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1096,51 +929,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C643D"/>
+    <w:rsid w:val="00382576"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -1694,70 +1527,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>71</Words>
-  <Characters>411</Characters>
+  <Words>68</Words>
+  <Characters>394</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>481</CharactersWithSpaces>
+  <CharactersWithSpaces>461</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>