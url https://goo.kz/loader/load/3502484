--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,13476 +1,10562 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
-[...73 lines deleted...]
-    <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="008F73BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>заместителя руководителя по воспитательной работе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русским языком обучения, 2 вакантные ставки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="008F73BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10915" w:type="dxa"/>
+        <w:tblInd w:w="-1026" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="494"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6176"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00B56245">
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №6  жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C800AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidTr="00B56245">
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, генерал Смағұлов  көшесі, 78 </w:t>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Генерала  Смагулова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidTr="00B56245">
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>87182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidTr="00B56245">
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D76CFC">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00417D4E" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:r w:rsidRPr="00417D4E">
               <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00B56245">
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...6 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...30 lines deleted...]
-              <w:t>орыс тілінде оқытататын тәрбие жұмысы жөніндегі директордың орынбасары- 1 мөлшерлеме</w:t>
+            <w:r w:rsidRPr="000576C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель руководителя по воспитательной работе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000576C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с русским языком обучения,  1 ставка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="000576C3" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000576C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель руководителя по воспитательной работе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000576C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с русским языком обучения,  1 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00B56245">
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...6 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...10 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A12F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обеспечивает организацию воспитательного процесса;      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...10 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A12F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организует текущее и перспективное планирование воспитательной работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A12F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>осуществляет систематический контроль за качеством содержания и проведения воспитательного процесса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00B56245">
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...6 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...31 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...10 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>149 480,52</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...25 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>181 775,48</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00B56245">
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...6 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...10 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A12F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 3 лет;      и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории", или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации " педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00D00444" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>08.10.2024-14.10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D00444">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="008D234C" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...14 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidTr="00B56245">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D76CFC">
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D76CFC">
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D76CFC">
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D76CFC">
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>.2024</w:t>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00B56245">
+      <w:tr w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidTr="00F1158B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...11 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="005763A2" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D76CFC">
-[...2720 lines deleted...]
-              <w:t>тұрақты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="008F73BB" w:rsidRPr="001F4BA9" w:rsidRDefault="008F73BB" w:rsidP="008F73BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="008F73BB" w:rsidRDefault="008F73BB" w:rsidP="008F73BB"/>
+    <w:p w:rsidR="008F73BB" w:rsidRDefault="008F73BB" w:rsidP="008F73BB"/>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00D00444" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRPr="00D76CFC" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00D00444" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71"/>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00D00444" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRDefault="00A3303C" w:rsidP="00A3303C"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="2"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5413"/>
-        <w:gridCol w:w="4158"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00B56245">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidTr="00F1158B">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F73BB" w:rsidRPr="00776671" w:rsidRDefault="008F73BB" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="008F73BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00776671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00776671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00776671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00776671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00776671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00776671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00776671">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D90212">
-[...6 lines deleted...]
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00776671">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D90212">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D90212">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00776671">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B262FC">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B262FC">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRPr="00B262FC" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B262FC">
+      <w:r w:rsidRPr="00776671">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
-[...213 lines deleted...]
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2041"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2844"/>
+        <w:gridCol w:w="2049"/>
+        <w:gridCol w:w="2776"/>
+        <w:gridCol w:w="2039"/>
+        <w:gridCol w:w="2599"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00B56245">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00776671">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00776671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00776671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00776671">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00776671">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00776671">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...15 lines deleted...]
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00776671">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00776671">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00776671">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00776671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00776671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00776671">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00776671">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00776671">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...23 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00B56245">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>Біліктілік</w:t>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...126 lines deleted...]
-        <w:t>__________________________________________</w:t>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>подтверждения):______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...63 lines deleted...]
-        <w:t>______________________________________________________________</w:t>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...72 lines deleted...]
-        <w:t>:__________________________________________________________</w:t>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00776671" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00776671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942CF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
-    </w:p>
-[...515 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00942CF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-[...65 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="2"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5546"/>
-        <w:gridCol w:w="4025"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00B56245">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00942CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00942CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...32 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00942CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00942CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00942CF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00942CF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>немесе</w:t>
+      <w:r w:rsidRPr="00942CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...131 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00942CF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
-[...35 lines deleted...]
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11629" w:type="dxa"/>
-        <w:tblInd w:w="-1119" w:type="dxa"/>
+        <w:tblW w:w="10425" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2552"/>
-        <w:gridCol w:w="2977"/>
-        <w:gridCol w:w="3832"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00C60F71">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...24 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...22 lines deleted...]
-              <w:t>)</w:t>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00C60F71">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...136 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...16 lines deleted...]
-              <w:t>- т</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...25 lines deleted...]
-              <w:t>- ж</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...192 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...11 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00C60F71">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...136 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...25 lines deleted...]
-              <w:t>- ғ</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>ылыми</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...26 lines deleted...]
-              <w:t>- ғ</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>ылыми</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00C60F71">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...17 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00C60F71">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...63 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...24 lines deleted...]
-              <w:t>е</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>кінші</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>б</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>інші</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>ж</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...207 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00C60F71">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...17 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...17 lines deleted...]
-              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...59 lines deleted...]
-              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00C60F71">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...17 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...90 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...17 lines deleted...]
-              <w:t>п</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>едагогикалық</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">/ </w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00C60F71">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...17 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...17 lines deleted...]
-              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...38 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00C60F71">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...406 lines deleted...]
-              <w:t xml:space="preserve"> награда</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>конкурстар</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...294 lines deleted...]
-              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00C60F71">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...63 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>тізбесіне</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...404 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00C60F71">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...90 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...80 lines deleted...]
-              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidRPr="00C60F71" w:rsidTr="00C60F71">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="687"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>әндік</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>дайындық</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> - </w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>цифрлық</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>сауаттылық</w:t>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...360 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...23 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
-[...567 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00C60F71">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>1</w:t>
-[...8 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...17 lines deleted...]
-              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серп</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...17 lines deleted...]
-              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...17 lines deleted...]
-              <w:t>3 балл қосылады</w:t>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60F71" w:rsidTr="00C60F71">
+      <w:tr w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidTr="00F1158B">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00942CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...12 lines deleted...]
-              <w:t>:</w:t>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00B56245">
-[...7 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00F1158B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00942CF1" w:rsidRDefault="00A3303C" w:rsidP="00A3303C"/>
+    <w:p w:rsidR="00A3303C" w:rsidRDefault="00A3303C" w:rsidP="00A3303C"/>
+    <w:p w:rsidR="00A3303C" w:rsidRDefault="00A3303C" w:rsidP="00A3303C"/>
+    <w:p w:rsidR="00A3303C" w:rsidRDefault="00A3303C" w:rsidP="00A3303C"/>
+    <w:p w:rsidR="00A3303C" w:rsidRDefault="00A3303C" w:rsidP="00A3303C"/>
+    <w:p w:rsidR="00A3303C" w:rsidRDefault="00A3303C" w:rsidP="00A3303C"/>
+    <w:p w:rsidR="00A3303C" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00A3303C" w:rsidRDefault="00A3303C" w:rsidP="00A3303C"/>
+    <w:p w:rsidR="00A3303C" w:rsidRDefault="00A3303C" w:rsidP="00A3303C"/>
+    <w:p w:rsidR="00A3303C" w:rsidRDefault="00A3303C" w:rsidP="00A3303C"/>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00230BC7" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00230BC7" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00230BC7" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00230BC7" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00230BC7" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00230BC7" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00230BC7" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00D00444" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRPr="00B262FC" w:rsidRDefault="00C60F71" w:rsidP="00C60F71">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00D00444" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C60F71" w:rsidRDefault="00C60F71" w:rsidP="00C60F71"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="002D3E5B">
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00D00444" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00D00444" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00D00444" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A3303C" w:rsidRPr="00D00444" w:rsidRDefault="00A3303C" w:rsidP="00A3303C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009670BE" w:rsidRDefault="009670BE"/>
+    <w:sectPr w:rsidR="009670BE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A64289"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C60F71"/>
+    <w:rsidRoot w:val="001B6EA2"/>
+    <w:rsid w:val="001B6EA2"/>
+    <w:rsid w:val="00776671"/>
+    <w:rsid w:val="008F73BB"/>
+    <w:rsid w:val="009670BE"/>
+    <w:rsid w:val="00A3303C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -13613,88 +10699,119 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C60F71"/>
+    <w:rsid w:val="00A3303C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00C60F71"/>
+    <w:rsid w:val="00A3303C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Сетка таблицы2"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a3"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A3303C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -13838,119 +10955,151 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C60F71"/>
+    <w:rsid w:val="00A3303C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00C60F71"/>
+    <w:rsid w:val="00A3303C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Сетка таблицы2"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a3"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A3303C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -14204,55 +11353,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>11440</Characters>
+  <Pages>1</Pages>
+  <Words>2044</Words>
+  <Characters>11656</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13421</CharactersWithSpaces>
+  <CharactersWithSpaces>13673</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>