--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,14413 +1,10702 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w:rsidR="00011BB1" w:rsidRPr="008C5249" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="1B3506D0" w14:textId="529896FD" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C5249">
+      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:noProof/>
-[...2 lines deleted...]
-        <w:t>«Павлодар қаласының № 6 жалпы орта білім беру мектебі» КММ</w:t>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность учителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>математики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>русским языком обучения (</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3F18" w:rsidRPr="005A3F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005A3F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ставки( 1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005A3F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">временно, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>на период отпуска основного работника по уходу за ребенком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до 31.08.2025</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, 1- постоянно)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRPr="008C5249" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="5C531BF3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...97 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="27A8644B" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="7B641091" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DC7BF8" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...15 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D8CA525" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">№6 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EC773A">
+              <w:t>№6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C800AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="3FF7207C" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="021C61A6" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15DACCF6" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F5C0EE" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Генерал Смағұлов </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>Генерала Смагулова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> көшесі, </w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="5D7BEA2E" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="06A60D77" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5F4E98" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0256F830" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...8 lines deleted...]
-              <w:t>7182620158</w:t>
+              <w:t>87182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="1CF459AA" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="75D3CF03" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B990F0" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFA21ED" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="00417D4E" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:r w:rsidRPr="00417D4E">
               <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="79BACF5C" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="65209D0E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F361B2C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="486DA2AC" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>16 сағат</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математики с русским</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком обучения,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="759251D2" w14:textId="7464DB0A" w:rsidR="00DD6516" w:rsidRDefault="00DD6516" w:rsidP="00DD6516">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математики с русским</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком обучения,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49BD2ED7" w14:textId="0959CD25" w:rsidR="00DD6516" w:rsidRPr="005763A2" w:rsidRDefault="00DD6516" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="29E6558A" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="0EB1F3C9" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE22721" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E041746" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DFD9CB0" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1570F7FD" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="757C940B" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="046C648E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5A51C2" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFF65D5" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...31 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF25481" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 129 258,89 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47A08E36" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t>- жоғары білім (min): 159 626,94  теңге</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 159 626,94 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
-[...4 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="358A65E6" w14:textId="77777777" w:rsidTr="00E03EC6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47484F73" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1CC685" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F8AAB1" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB921FD" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6559D102" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41B41B5C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidTr="00AE2E50">
-[...7 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="1D11D179" w14:textId="77777777" w:rsidTr="00E03EC6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1973FB5A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="117E7A86" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...16 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2F1D74" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>08.10.2024-14.10.2024</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="7689BC82" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="008D234C" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
-[...7 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="4C77B4B1" w14:textId="77777777" w:rsidTr="00E03EC6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9DC761" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F6A575" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...18 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3675CF" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...199 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...13 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73526D39" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...232 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C351A9E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...109 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...218 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C4B036D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...212 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...79 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44CF593E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...119 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="619F87E6" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...443 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>денсаулық</w:t>
-[...90 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="402D5D5E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психоневрологиялық</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-            <w:pPr>
+          <w:p w14:paraId="2763BEAF" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық</w:t>
-[...46 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-            <w:pPr>
+          <w:p w14:paraId="389709C1" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификаттаудан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өту</w:t>
-[...42 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...272 lines deleted...]
-            <w:pPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="155E0436" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52D44FF3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-            <w:pPr>
+          <w:p w14:paraId="360C104B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D9E01F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidTr="00AE2E50">
-[...7 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w14:paraId="0198BE14" w14:textId="77777777" w:rsidTr="00E03EC6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="275BC351" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0660CC2D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="005763A2" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...17 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B6CE5C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="005A3F18" w:rsidP="00E03EC6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...160 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 ставка </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB197D" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>временно, на период отпуска по уходу за ребенком основного работника</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB197D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 31.08.2025 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A859458" w14:textId="30B1AA46" w:rsidR="005A3F18" w:rsidRPr="005763A2" w:rsidRDefault="005A3F18" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1 ставка постоянно</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="5BC0AB07" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRPr="001F4BA9" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRPr="001F4BA9" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="096E1A5E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FF63986" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0409BE6C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04DAE890" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D18A00C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14C0CDFE" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43AB56C0" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F2BD68C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FD287AE" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AAC21B5" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38961491" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="709FC33C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C11B65B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E8D87B8" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="669C5C55" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="178F1574" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6736BE2F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A2AF002" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C465BE3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="13"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5730"/>
-        <w:gridCol w:w="4333"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="7F22007F" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5730" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="523FE12A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...24 lines deleted...]
-            </w:tcBorders>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...21 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="77ADEFF5" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66DB72D4" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BD10D5B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DFA0378" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B640144" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36914C1F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
-[...13 lines deleted...]
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="567A1407" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="245F2F2E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="72A1BAFE" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурс </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> орган</w:t>
+        <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="418FA6D2" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="3EFFAC91" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="718C0E30" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="25094DA3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B262FC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F425FA" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="6161D7C3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019F3C12" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B262FC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRPr="00B262FC" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
-[...40 lines deleted...]
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="54D0250D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="502A4B80" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="019F4266" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="55C2EED0" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="32507E67" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені </w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="550DF661" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B1D396" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="280EEDFF" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
-[...20 lines deleted...]
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="5FCD1492" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="599B0313" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="2AD1C82B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF8F269" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0578895A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="7C3A080D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="5953CA11" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="7E7BC504" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="6D42184C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="6016CA3E" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="1BAB008A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...21 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="0A407B63" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66CA42DB" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="7873A6BE" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07D0C967" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FCB29FD" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>мамандығы</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...7 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="6093B0AC" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="655985C3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="366D707E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="1F8165C5" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="422A01CB" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="1CED8DDA" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="6067B617" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-        <w:t>Біліктілік</w:t>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...60 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>(</w:t>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C17EA7" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B248E87" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="747CC448" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>раста</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7182E614" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>күні</w:t>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>):</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C18B12" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D010A7B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFBDB77" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281F2259" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D757A10" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED88776" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D196EE" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A97F2DD" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124CF04A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CAAFEDB" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FFE556" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120DDC8D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D2CB90" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="09D831F3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="4600FA90" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E994480" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...50 lines deleted...]
-        <w:t>:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>______________________________________________________________</w:t>
+        </w:rPr>
+        <w:br/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>бар</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...32 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>подпись</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...442 lines deleted...]
-        <w:br/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-[...44 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="48E5A257" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="13940D19" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="2C91B428" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="6CB9201F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...21 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+          <w:p w14:paraId="15122AF1" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...32 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="750625C1" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07E364E3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A21109" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1974656E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2163FAAA" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="31C73A8B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="431DC4C2" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...40 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68120D48" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>п</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...100 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
-[...35 lines deleted...]
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="179475F3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10395" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10425" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="468"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="23584096" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="357DA93E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="30D291AE" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="192B981B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...29 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="3876F9C2" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...28 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="475858EC" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="3893C956" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0BB26EB9" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...59 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="574E5379" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...141 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="72E51F7F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...16 lines deleted...]
-              <w:t>- т</w:t>
+          <w:p w14:paraId="5AF64378" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>ехникалық</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34874802" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>және</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44E24067" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>кәсіби</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>- ж</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36CD9ACB" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>оғары</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08B81C64" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>күндізгі</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...196 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A25D61D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00EB197D" w14:paraId="78CEE488" w14:textId="77777777" w:rsidTr="00E03EC6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="189FC7EE" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="44C5A737" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...141 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="6DACB3D5" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="157BDDD4" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>- ғ</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BF9D3C6" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>ылыми</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t>- ғ</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A3E30E4" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>ылыми</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE66C20" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00EB197D" w14:paraId="32E559EC" w14:textId="77777777" w:rsidTr="00E03EC6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34223E9A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="20C863E7" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="42AD531C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...31 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E5A29DF" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34051B8A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FE5A92" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="58382AF5" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="23B78622" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...59 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="52A18032" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...70 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BFE0B3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="141BE109" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...24 lines deleted...]
-              <w:t>е</w:t>
+          <w:p w14:paraId="0C94DDFB" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46149324" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E5DA552" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>кінші</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="099BFB15" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>санат</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-              <w:t>б</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FFC0243" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-              <w:t>інші</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41EF8F91" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>санат</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-              <w:t>ж</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E63959B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>оғары</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...211 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6F0C4F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="176AE135" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="7DD4E75F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="6BBD16B4" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="501CE682" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...65 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="7FC3F173" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B12BC05" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38C3CD61" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAAD99B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00EB197D" w14:paraId="372491A9" w14:textId="77777777" w:rsidTr="00E03EC6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="7A4E762F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="2F18D14D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...95 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="662243EC" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...17 lines deleted...]
-              <w:t>п</w:t>
+          <w:p w14:paraId="4B94A37A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>едагогикалық</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">/ </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>кәсіби</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...54 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20506AFF" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...54 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48256CC9" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECB450B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="46A24AC9" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="10F4D1FF" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="1B28CFB2" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="07B4B204" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...44 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="3A1DE878" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="286C1318" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55254ED8" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="134E871E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00EB197D" w14:paraId="730F82D7" w14:textId="77777777" w:rsidTr="00E03EC6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="5B1BE665" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...78 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="5862A7AD" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...414 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="5BC782C5" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FF0A120" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D620F23" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="55EB6244" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4225BF84" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D310B9C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D9745A7" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F57D34F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77526E04" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30537402" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C964194" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>және</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>конкурстар</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...299 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5E7DDD" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="0E75C209" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="351B602D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...41 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="764571BD" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...68 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="6129663B" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C43C7F8" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F5B231A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="065E6428" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>тізбесіне</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...407 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E34FF7C" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="023A37A7" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00EB197D" w14:paraId="1DF960C7" w14:textId="77777777" w:rsidTr="00E03EC6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="56A187DF" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...59 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="0DE65420" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...95 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="5836087F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...86 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="2BF0C4CF" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EBAF66A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="758C29B4" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D28DF7F" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4412BD6A" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidRPr="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="17405730" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="687"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="030280E6" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...41 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="1217996D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2E65A1F9" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C03A0DB" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="023EAB68" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="394270F3" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44F3EEA6" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с Microsoft» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5D173503" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E59A4B5" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30108DD2" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>п</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>әндік</w:t>
+          </w:p>
+          <w:p w14:paraId="061D7182" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32982EE4" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="134BB02E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59B295E6" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332D7372" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71B29C8D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>дайындық</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...431 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...23 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C2CB9A4" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ADAC27D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
-[...564 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0563FD45" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67F7FAF5" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F63805E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="72B814D3" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1A5D9964" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="13D259B6" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="07C8606E" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...23 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="2D28101D" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FEEC31" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011BB1" w:rsidTr="00AE2E50">
+      <w:tr w:rsidR="00EB197D" w14:paraId="2F115605" w14:textId="77777777" w:rsidTr="00E03EC6">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5287" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00AE2E50">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1B03DAC4" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...18 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...17 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEC4B45" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D108D80" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00E03EC6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00011BB1" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
+    <w:p w14:paraId="471DD4A8" w14:textId="77777777" w:rsidR="00EB197D" w:rsidRDefault="00EB197D" w:rsidP="00EB197D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00011BB1" w:rsidRPr="00B262FC" w:rsidRDefault="00011BB1" w:rsidP="00011BB1">
-[...14 lines deleted...]
-    <w:sectPr w:rsidR="00D06019" w:rsidSect="002D3B7C">
+    <w:p w14:paraId="5E741EE0" w14:textId="77777777" w:rsidR="002F1421" w:rsidRDefault="002F1421"/>
+    <w:sectPr w:rsidR="002F1421" w:rsidSect="00D26F2B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="850" w:bottom="567" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="850" w:bottom="709" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E50CE5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E50CE5"/>
+    <w:rsidRoot w:val="00631915"/>
+    <w:rsid w:val="002F1421"/>
+    <w:rsid w:val="005A3F18"/>
+    <w:rsid w:val="00631915"/>
+    <w:rsid w:val="00DD6516"/>
+    <w:rsid w:val="00EB197D"/>
+    <w:rsid w:val="00FE6579"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="31545018"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{E536A328-2C20-4890-8E17-B7C4262AFE5D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00011BB1"/>
+    <w:rsid w:val="00EB197D"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00011BB1"/>
+    <w:rsid w:val="00EB197D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...249 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>11212</Characters>
+  <Pages>6</Pages>
+  <Words>2105</Words>
+  <Characters>12005</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13152</CharactersWithSpaces>
+  <CharactersWithSpaces>14082</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>админ</dc:creator>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>