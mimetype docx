--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,4956 +1,1768 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00522627" w:rsidRDefault="00DF4A7D" w:rsidP="00912B71">
-[...236 lines deleted...]
-    <w:p w:rsidR="00522627" w:rsidRPr="00522627" w:rsidRDefault="00522627" w:rsidP="00522627">
+    <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КП</w:t>
+      </w:r>
+      <w:r w:rsidR="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 34 города </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Павлодара» объявляет конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00522627" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на должность музыкального руководителя </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC01C1" w:rsidRDefault="00C735CA" w:rsidP="00912B71">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в группы </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1F4C" w:rsidRPr="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с казахским</w:t>
+      </w:r>
+      <w:r w:rsidR="00522627">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком </w:t>
+      </w:r>
+      <w:r w:rsidR="00912B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00522627" w:rsidRPr="00912B71" w:rsidRDefault="00522627" w:rsidP="00912B71">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10173" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="328"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7812"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="7797"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00D12C74" w:rsidTr="00F14031">
+      <w:tr w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidTr="00912B71">
         <w:trPr>
-          <w:trHeight w:val="435"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00912B71" w:rsidRDefault="00CB6B4F" w:rsidP="00912B71">
-[...9 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00912B71" w:rsidRDefault="00CB6B4F" w:rsidP="00912B71">
-[...13 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7812" w:type="dxa"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №34 сәбилер бақшасы» коммуналдық мемлекеттік қазыналық кәсіпорны</w:t>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное казенное  предприятие «Ясли-сад №34 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidTr="00F14031">
+      <w:tr w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidTr="00912B71">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7812" w:type="dxa"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140000, Республика Казахстан, Павлодарская область, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Павлодар қаласы, Гагарин көшесі, 63</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>город Павлодар, улица Гагарина, 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidTr="00F14031">
+      <w:tr w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidTr="00912B71">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7812" w:type="dxa"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
+                <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 60-63-87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidTr="00F14031">
+      <w:tr w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidTr="00912B71">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7812" w:type="dxa"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>s</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sad</w:t>
             </w:r>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-              <w:t>@goo.edu.kz</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142CFE" w:rsidRPr="00D12C74" w:rsidTr="00F14031">
+      <w:tr w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidTr="00912B71">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7812" w:type="dxa"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> тілінде </w:t>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00522627" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC01C1" w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>узыкальный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC01C1" w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> руководитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1F4C" w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в группы с казахским</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком</w:t>
             </w:r>
             <w:r w:rsidR="00912B71">
               <w:rPr>
-                <w:rStyle w:val="layout"/>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> сағат</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r w:rsidR="00912B71" w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с русским языком обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00912B71" w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  1,5</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC01C1" w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ставки-</w:t>
+            </w:r>
+            <w:r w:rsidR="00912B71" w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+            <w:r w:rsidR="00C735CA" w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142CFE" w:rsidRPr="00D12C74" w:rsidTr="00F14031">
+      <w:tr w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidTr="00912B71">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7812" w:type="dxa"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003108E7" w:rsidRPr="00912B71" w:rsidRDefault="003108E7" w:rsidP="00912B71">
-[...87 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-осуществляет музыкальное воспитание и эстетическое развитие детей в соответствии с государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z1171"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-организует и проводит музыкальные занятия, детские праздники и иные культурно-массовые мероприятия, выявляет музыкально одаренных детей, проводит индивидуальную работу с детьми;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z1172"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-принимает участие в организации игровой деятельности детей, проводит различные музыкально-дидактические игры; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z1173"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-участвует в подготовке педагогических советов, работе методических объединений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z1174"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-внедряет инновационный педагогический опыт в практику работы с детьми; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z1175"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-консультирует родителей и воспитателей по вопросам музыкального воспитания детей.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidTr="00F14031">
+      <w:tr w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidTr="00912B71">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7812" w:type="dxa"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...15 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00C735CA" w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00912B71">
+              <w:t xml:space="preserve">121 180,21 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00C735CA" w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- арнайы орта білім (min</w:t>
-[...48 lines deleted...]
-              </w:rPr>
               <w:t>133 645,50</w:t>
             </w:r>
-            <w:r w:rsidR="00C856F7" w:rsidRPr="00912B71">
-[...11 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidTr="00F14031">
+      <w:tr w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidTr="00912B71">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...9 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7812" w:type="dxa"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003108E7" w:rsidRPr="00912B71" w:rsidRDefault="003108E7" w:rsidP="00912B71">
-[...14 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z1183"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> высшее и (или) послевузовское или техническое и профессиональное педагогическое или музыкальное образование, или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z1184"/>
+            <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...396 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...432 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> и (или) при наличии высшего или среднего уровня квалификации стаж работы для педагога-модератора не менее 3 лет, педагога-эксперта - 4 года, педагога-исследователя – 5 лет и (или) при наличии высшего уровня квалификации стаж работы для педагога-мастера – 5 лет. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidTr="00F14031">
+      <w:tr w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidTr="00912B71">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...9 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7812" w:type="dxa"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00912B71" w:rsidP="00912B71">
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00912B71" w:rsidP="00912B71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10.10-18.10</w:t>
             </w:r>
             <w:r w:rsidR="00C735CA" w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>.2024ж.</w:t>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidTr="00F14031">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidTr="00912B71">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...9 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142CFE" w:rsidRPr="00912B71" w:rsidRDefault="00142CFE" w:rsidP="00912B71">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7812" w:type="dxa"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C856F7" w:rsidRPr="00912B71" w:rsidRDefault="00C856F7" w:rsidP="00912B71">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1) осы </w:t>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заявление </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>15  к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z173"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>документ, удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="z174"/>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) заполненный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="z175"/>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z176"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>копию документа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, подтверждающую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z177"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>справку о состоянии здоровья</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>" ;</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="z178"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>справку с психоневрологической организации;</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="z179"/>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z180"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="z181"/>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="z183"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заполненный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оценочный лист кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p w:rsidR="00CC01C1" w:rsidRPr="00912B71" w:rsidRDefault="00CC01C1" w:rsidP="00912B71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Қағидаларға</w:t>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2820 lines deleted...]
-              <w:t xml:space="preserve"> – 720 </w:t>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для кандидата без стажа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">продолжительностью не менее 15 минут, с минимальным разрешением – 720 </w:t>
             </w:r>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
             <w:r w:rsidRPr="00912B71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 480.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00912B71" w:rsidRPr="00912B71" w:rsidRDefault="00912B71" w:rsidP="00912B71">
+    <w:p w:rsidR="00277364" w:rsidRPr="00912B71" w:rsidRDefault="00277364" w:rsidP="00912B71">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003108E7" w:rsidRPr="00912B71" w:rsidRDefault="003108E7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidRDefault="007F08A7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidRDefault="007F08A7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidRDefault="007F08A7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidRDefault="007F08A7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidRDefault="007F08A7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidRDefault="007F08A7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00912B71" w:rsidRPr="00912B71" w:rsidSect="00912B71">
+    <w:p w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidRDefault="007F08A7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidRDefault="007F08A7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidRDefault="007F08A7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidRDefault="007F08A7" w:rsidP="00912B71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007F08A7" w:rsidRPr="00912B71" w:rsidSect="00912B71">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -6342,52 +3154,52 @@
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C735CA"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C856F7"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA4826"/>
     <w:rsid w:val="00CB346A"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC01C1"/>
     <w:rsid w:val="00CC1F4C"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CD682D"/>
     <w:rsid w:val="00CE4A94"/>
     <w:rsid w:val="00CE7F9B"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00CF7299"/>
     <w:rsid w:val="00D06E89"/>
-    <w:rsid w:val="00D12C74"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D220F4"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D60DFE"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D73F42"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA04BE"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
@@ -7396,78 +4208,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6A9D648-F5DC-4937-8549-50B634162824}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A88DBED0-AAEC-42F4-98A6-9F297A9139E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>598</Words>
-  <Characters>3411</Characters>
+  <Words>564</Words>
+  <Characters>3218</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4001</CharactersWithSpaces>
+  <CharactersWithSpaces>3775</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>