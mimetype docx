--- v0 (2025-12-15)
+++ v1 (2026-01-13)
@@ -1,2883 +1,2006 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000C5022" w:rsidRPr="00D65C57" w:rsidRDefault="000C5022" w:rsidP="000C5022">
+    <w:p w:rsidR="00E44488" w:rsidRPr="00E44488" w:rsidRDefault="00E44488" w:rsidP="00E44488">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00D65C57">
-[...4 lines deleted...]
-        <w:t>БЕКІТЕМІН:</w:t>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">УТВЕРЖДАЮ: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C5022" w:rsidRPr="00D65C57" w:rsidRDefault="000C5022" w:rsidP="000C5022">
+    <w:p w:rsidR="00E44488" w:rsidRPr="00E44488" w:rsidRDefault="00E44488" w:rsidP="00E44488">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D65C57">
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  Руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44488">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+        <w:t>КГКП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C5022" w:rsidRPr="00D65C57" w:rsidRDefault="000C5022" w:rsidP="000C5022">
+    <w:p w:rsidR="00E44488" w:rsidRPr="00E44488" w:rsidRDefault="00E44488" w:rsidP="00E44488">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D65C57">
+        <w:t xml:space="preserve"> «Я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-сад №3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44488">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">№38 сәбилер бақшасы» КМҚК </w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г.Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C5022" w:rsidRPr="00D65C57" w:rsidRDefault="000C5022" w:rsidP="000C5022">
+    <w:p w:rsidR="00E44488" w:rsidRPr="00E44488" w:rsidRDefault="00E44488" w:rsidP="00E44488">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D65C57">
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C5022" w:rsidRPr="00D65C57" w:rsidRDefault="000C5022" w:rsidP="000C5022">
+    <w:p w:rsidR="006A1976" w:rsidRDefault="00E44488" w:rsidP="00E44488">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Г.Аубак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>рова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E44488" w:rsidRPr="00BD73E9" w:rsidRDefault="00E44488" w:rsidP="00E44488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E70EE6" w:rsidRDefault="00E70EE6" w:rsidP="00E70EE6">
+    <w:p w:rsidR="009F43C3" w:rsidRPr="00BD73E9" w:rsidRDefault="005826CC" w:rsidP="002F770D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0F3C" w:rsidRPr="00BD73E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лан</w:t>
+      </w:r>
+      <w:r w:rsidR="00307571" w:rsidRPr="00BD73E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F770D" w:rsidRPr="00BD73E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>консульта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мектепке дейінгі ұйымдарға бармайтын балалардың ата-аналарына арналған </w:t>
+        <w:t>ционного</w:t>
+      </w:r>
+      <w:r w:rsidR="002F770D" w:rsidRPr="00BD73E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E70EE6" w:rsidRDefault="00E70EE6" w:rsidP="00E70EE6">
+    <w:p w:rsidR="002F770D" w:rsidRPr="00BD73E9" w:rsidRDefault="005826CC" w:rsidP="005826CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>консультациялық пункт жұмысын ұйымдастыру бойынша</w:t>
+        <w:t>для родителей детей не посещающих дошкольные организации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E70EE6" w:rsidRPr="00C03FC1" w:rsidRDefault="00E70EE6" w:rsidP="00E70EE6">
+    <w:p w:rsidR="002F770D" w:rsidRDefault="005826CC" w:rsidP="002F770D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2024-2025 оқу жылына жоспар</w:t>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="001638D3" w:rsidRPr="00BD73E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а 20</w:t>
+      </w:r>
+      <w:r w:rsidR="001638D3" w:rsidRPr="00BD73E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00795D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="001638D3" w:rsidRPr="00BD73E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00795D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="002F770D" w:rsidRPr="00BD73E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidRDefault="00C03FC1" w:rsidP="00C03FC1">
+    <w:p w:rsidR="00BD73E9" w:rsidRPr="00BD73E9" w:rsidRDefault="00BD73E9" w:rsidP="002F770D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="4677"/>
         <w:gridCol w:w="1967"/>
         <w:gridCol w:w="2393"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidTr="00785285">
+      <w:tr w:rsidR="00307571" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidRDefault="00C03FC1" w:rsidP="00785285">
+          <w:p w:rsidR="00307571" w:rsidRPr="00BD73E9" w:rsidRDefault="00307571" w:rsidP="00307571">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidRDefault="00C03FC1" w:rsidP="00785285">
+          <w:p w:rsidR="00307571" w:rsidRPr="00BD73E9" w:rsidRDefault="00307571" w:rsidP="00307571">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жұмыстың мазмұны</w:t>
+              </w:rPr>
+              <w:t>Содержание работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidRDefault="00C03FC1" w:rsidP="00785285">
+          <w:p w:rsidR="00307571" w:rsidRPr="00BD73E9" w:rsidRDefault="00307571" w:rsidP="001704BA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мерзімі</w:t>
+              </w:rPr>
+              <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidRDefault="00C03FC1" w:rsidP="00785285">
+          <w:p w:rsidR="00307571" w:rsidRPr="00BD73E9" w:rsidRDefault="00307571" w:rsidP="001704BA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00307571" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00307571" w:rsidRPr="00BD73E9" w:rsidRDefault="00307571" w:rsidP="00307571">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001704BA" w:rsidRPr="00BD73E9" w:rsidRDefault="001704BA" w:rsidP="001704BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ознакомительная беседа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00950A22" w:rsidRPr="00BD73E9" w:rsidRDefault="001704BA" w:rsidP="001704BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...243 lines deleted...]
-              <w:t>(жеке қажеттіліктерді анықтау)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обзорная экскурсия по д/с Анкетирование родителей (определение индивидуальных потребностей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD73E9" w:rsidRPr="00BD73E9" w:rsidRDefault="00BD73E9" w:rsidP="00BD73E9">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00950A22" w:rsidRPr="00BD73E9" w:rsidRDefault="00950A22" w:rsidP="001704BA">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Тамыз</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="a5"/>
+              <w:t>Август</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00307571" w:rsidRPr="00BD73E9" w:rsidRDefault="00307571" w:rsidP="001704BA">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD73E9" w:rsidRPr="00BD73E9" w:rsidRDefault="00BD73E9" w:rsidP="00785285">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00307571" w:rsidRPr="00BD73E9" w:rsidRDefault="00950A22" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Басшы</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="a5"/>
+              <w:t>Руководитель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00950A22" w:rsidRPr="00BD73E9" w:rsidRDefault="00950A22" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мамандар</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="a5"/>
+              <w:t>специалисты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001704BA" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001704BA" w:rsidRPr="00BD73E9" w:rsidRDefault="001704BA" w:rsidP="00307571">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7E95" w:rsidRPr="00DD7E95" w:rsidRDefault="00DD7E95" w:rsidP="00DD7E95">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="E3E3E3"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="E3E3E3"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="E3E3E3"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="E3E3E3"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="E3E3E3"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анкета </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по вопросам адаптации ребенка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к дошкольно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организаци</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00950A22" w:rsidRPr="00BD73E9" w:rsidRDefault="00DD7E95" w:rsidP="00DD7E95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00795D54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Как справиться с детской агрессией», «Как успокоить детскую истерику»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00106288" w:rsidRPr="00BD73E9" w:rsidRDefault="00106288" w:rsidP="00106288">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...357 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidRDefault="00C03FC1" w:rsidP="00BD73E9">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="001704BA" w:rsidRPr="00BD73E9" w:rsidRDefault="00950A22" w:rsidP="00950A22">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-              <w:t>Қыркүйек</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidRDefault="00BD73E9" w:rsidP="00BD73E9">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="001704BA" w:rsidRPr="00BD73E9" w:rsidRDefault="00950A22" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагог-п</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C03FC1" w:rsidRPr="00BD73E9">
+              <w:t>Психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00307571">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>сихолог</w:t>
-[...11 lines deleted...]
-              <w:pStyle w:val="a5"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-              <w:t>Мектепке дейінгі білім беру мекемесі мамандарының жеке жұмысы.</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00795D54" w:rsidP="00795D54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Индивидуальная работа специалистов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>логопедов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD73E9" w:rsidRPr="00BD73E9" w:rsidRDefault="00BD73E9" w:rsidP="00BD73E9">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00950A22">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазан</w:t>
+              <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD73E9" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="00785285">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00795D54" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Логопеды </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00950A22" w:rsidRPr="00BD73E9" w:rsidTr="008032A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00950A22" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00307571">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Логопед</w:t>
-[...11 lines deleted...]
-              <w:pStyle w:val="a5"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="00C03FC1">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00795D54" w:rsidRPr="00795D54" w:rsidRDefault="00795D54" w:rsidP="00795D54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00795D54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Анкета для определения уровня знаний родителей</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795D54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о здоровом образе жизни и соблюдения его в семье</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00950A22" w:rsidRPr="00BD73E9" w:rsidRDefault="00950A22" w:rsidP="00C61730">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="00BD73E9">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00950A22">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ноябрь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қараша</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="a5"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00950A22" w:rsidRPr="00BD73E9" w:rsidRDefault="00950A22" w:rsidP="00950A22">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00950A22" w:rsidRPr="00BD73E9" w:rsidRDefault="00795D54" w:rsidP="00C61730">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инструкторы по физической культуре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00E04A8C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00B73974">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...111 lines deleted...]
-              <w:t xml:space="preserve"> «теріс» жақтары</w:t>
+              <w:t>Гаджеты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: «за» и «против»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidRDefault="00C03FC1" w:rsidP="00BD73E9">
-[...17 lines deleted...]
-              <w:t>Желтоқсан</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidRDefault="00C03FC1" w:rsidP="00BD73E9">
-[...24 lines deleted...]
-              <w:t>бике</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Медсестра</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidTr="00785285">
+      <w:tr w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="00C03FC1">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00E04A8C">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="008B0981" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...114 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00795D54" w:rsidP="00307571">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Как научить детей правильно выражать эмоции</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="00BD73E9">
-[...17 lines deleted...]
-              <w:t>Қаңтар</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...16 lines deleted...]
-              <w:t>Педагог-психолог</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00795D54" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психолог </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidTr="00785285">
+      <w:tr w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="00C03FC1">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00E04A8C">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="008B0981" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00303A46" w:rsidP="0048135C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Ата-аналарға логопед кеңестері</w:t>
+              </w:rPr>
+              <w:t>Советы логопеда родителям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="00BD73E9">
-[...17 lines deleted...]
-              <w:t>Ақпан</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="00785285">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00795D54" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Логопед</w:t>
+              </w:rPr>
+              <w:t>Логопеды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidTr="00785285">
+      <w:tr w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00E04A8C">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...397 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="0066084E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Консультация для родителей по профилактике детского дорожно-транспортного травматизма среди дошкольников «Уроки безопасности».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="0048135C">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...17 lines deleted...]
-              <w:t>Наурыз</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...16 lines deleted...]
-              <w:t>Дене шанықтыру нұсқаушысы</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инструктор по физвоспитанию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidTr="00785285">
+      <w:tr w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00E04A8C">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="008B0981" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...92 lines deleted...]
-              <w:t>» құқықтық тәрбие</w:t>
+          <w:p w:rsidR="00795D54" w:rsidRPr="00BD73E9" w:rsidRDefault="00795D54" w:rsidP="00795D54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Понимаем ли мы друг друга»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00795D54" w:rsidP="00795D54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Правовое воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...17 lines deleted...]
-              <w:t>Сәуір</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="00C03FC1">
-[...16 lines deleted...]
-              <w:t>Әдіскер</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00795D54">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidR="00795D54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidTr="00785285">
+      <w:tr w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00E04A8C">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="008B0981" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...30 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00BC0560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Индивидуальная работа специалистов ДОУ.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="00BD73E9">
-[...17 lines deleted...]
-              <w:t>Жыл ішінде</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В течение года по запросу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD73E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Логопед</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...43 lines deleted...]
-              <w:t>Тәрбиешілер</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психолог Воспитатели</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidTr="00785285">
+      <w:tr w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidTr="00AF0F3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...14 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00307571">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...43 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="00E3604E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День открытых дверей для родителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="008B0981" w:rsidRDefault="008B0981" w:rsidP="00BD73E9">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00692445" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0981" w:rsidRPr="00BD73E9" w:rsidRDefault="008B0981" w:rsidP="005216E1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Тәрбиешілер </w:t>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00795D54" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Руководитель,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692445" w:rsidRPr="00BD73E9" w:rsidRDefault="00795D54" w:rsidP="001704BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00692445" w:rsidRPr="00BD73E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пециалисты воспитатели</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C03FC1" w:rsidRPr="00BD73E9" w:rsidRDefault="00C03FC1" w:rsidP="00C03FC1">
+    <w:p w:rsidR="005E10B0" w:rsidRDefault="005E10B0" w:rsidP="00307571">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FC1" w:rsidRPr="00C03FC1" w:rsidRDefault="00C03FC1" w:rsidP="00C03FC1">
+    <w:p w:rsidR="003030E4" w:rsidRDefault="003030E4" w:rsidP="00307571">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FC1" w:rsidRDefault="00C03FC1" w:rsidP="00C03FC1">
+    <w:p w:rsidR="003030E4" w:rsidRDefault="003030E4" w:rsidP="00307571">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000963BD" w:rsidRDefault="000963BD" w:rsidP="00C03FC1">
+    <w:p w:rsidR="003030E4" w:rsidRDefault="003030E4" w:rsidP="00307571">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000963BD" w:rsidRPr="00C03FC1" w:rsidRDefault="000963BD" w:rsidP="00C03FC1">
+    <w:p w:rsidR="003030E4" w:rsidRDefault="003030E4" w:rsidP="00307571">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FC1" w:rsidRPr="00C03FC1" w:rsidRDefault="00C03FC1" w:rsidP="00C03FC1">
+    <w:p w:rsidR="003030E4" w:rsidRDefault="003030E4" w:rsidP="00307571">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C03FC1" w:rsidRPr="00C03FC1" w:rsidSect="000E4173">
+    <w:p w:rsidR="003030E4" w:rsidRDefault="003030E4" w:rsidP="005826CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003030E4" w:rsidRDefault="003030E4" w:rsidP="00307571">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003030E4" w:rsidRDefault="003030E4" w:rsidP="00307571">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003030E4" w:rsidRDefault="003030E4" w:rsidP="00307571">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003030E4" w:rsidRPr="003030E4" w:rsidRDefault="003030E4" w:rsidP="00307571">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003030E4" w:rsidRPr="003030E4" w:rsidSect="000E4173">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="850" w:bottom="993" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3033,85 +2156,88 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00307571"/>
     <w:rsid w:val="000963BD"/>
-    <w:rsid w:val="000C5022"/>
     <w:rsid w:val="000E4173"/>
     <w:rsid w:val="00106288"/>
     <w:rsid w:val="001431C2"/>
     <w:rsid w:val="001638D3"/>
     <w:rsid w:val="001704BA"/>
     <w:rsid w:val="002954FA"/>
     <w:rsid w:val="002C4452"/>
     <w:rsid w:val="002D6424"/>
     <w:rsid w:val="002E60C4"/>
     <w:rsid w:val="002F770D"/>
+    <w:rsid w:val="003030E4"/>
+    <w:rsid w:val="00303A46"/>
     <w:rsid w:val="00307571"/>
     <w:rsid w:val="0037589E"/>
+    <w:rsid w:val="005826CC"/>
     <w:rsid w:val="005E10B0"/>
     <w:rsid w:val="0066084E"/>
     <w:rsid w:val="00674957"/>
     <w:rsid w:val="00692445"/>
     <w:rsid w:val="006A1976"/>
+    <w:rsid w:val="00755666"/>
+    <w:rsid w:val="00795D54"/>
     <w:rsid w:val="008A33E2"/>
-    <w:rsid w:val="008B0981"/>
     <w:rsid w:val="00950A22"/>
     <w:rsid w:val="009874CF"/>
     <w:rsid w:val="009F43C3"/>
     <w:rsid w:val="00AF0F3C"/>
     <w:rsid w:val="00B17980"/>
     <w:rsid w:val="00B73974"/>
     <w:rsid w:val="00BC0560"/>
     <w:rsid w:val="00BD73E9"/>
     <w:rsid w:val="00C020E3"/>
     <w:rsid w:val="00C03FC1"/>
     <w:rsid w:val="00C2229F"/>
-    <w:rsid w:val="00C74CFB"/>
     <w:rsid w:val="00D52C94"/>
-    <w:rsid w:val="00DB3BB0"/>
-    <w:rsid w:val="00E70EE6"/>
+    <w:rsid w:val="00DB50D8"/>
+    <w:rsid w:val="00DD7E95"/>
+    <w:rsid w:val="00E44488"/>
     <w:rsid w:val="00ED1BD7"/>
     <w:rsid w:val="00F81DB7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -3415,55 +2541,50 @@
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C03FC1"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="translation-word">
     <w:name w:val="translation-word"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00C03FC1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ezkurwreuab5ozgtqnkl">
-[...3 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -3741,55 +2862,50 @@
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C03FC1"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="translation-word">
     <w:name w:val="translation-word"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00C03FC1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ezkurwreuab5ozgtqnkl">
-[...3 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="311103097">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335620606">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -3825,51 +2941,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2142578459">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4113,75 +3229,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1793F074-71E2-45C9-97CD-17021D161159}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1255</Characters>
+  <Pages>2</Pages>
+  <Words>204</Words>
+  <Characters>1169</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1473</CharactersWithSpaces>
+  <CharactersWithSpaces>1371</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Computer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>