--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -1,2879 +1,8462 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="344C7F8D" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
+    <w:p w14:paraId="3E4AFEC4" w14:textId="77777777" w:rsidR="00071678" w:rsidRPr="00EE67B3" w:rsidRDefault="00071678" w:rsidP="003160CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4BA9">
+      <w:r w:rsidRPr="00EE67B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-        <w:t>«</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+      <w:r w:rsidR="00E32064" w:rsidRPr="00EE67B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 </w:t>
       </w:r>
-      <w:r w:rsidR="00287DD0">
+      <w:r w:rsidR="00BA5524" w:rsidRPr="00EE67B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+      <w:r w:rsidRPr="00EE67B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C6093B" w14:textId="46870607" w:rsidR="00D70D9E" w:rsidRPr="001F4BA9" w:rsidRDefault="00D919BA" w:rsidP="00B00AEE">
+    <w:p w14:paraId="5E1C809D" w14:textId="77777777" w:rsidR="00071678" w:rsidRPr="00EE67B3" w:rsidRDefault="00071678" w:rsidP="00071678">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на дол</w:t>
+      </w:r>
+      <w:r w:rsidR="00263397">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жность учителя английского языка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с русским языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00211287" w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC40C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>временная</w:t>
+      </w:r>
+      <w:r w:rsidR="00211287" w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D47C18">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00211287" w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ваканси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E32064" w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ағылшын</w:t>
+        <w:t>я</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00211287" w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> тілі </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00D5571D" w:rsidRPr="00D5571D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> мұғалімі лауазымына </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...84 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="282"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8556"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="2372"/>
+        <w:gridCol w:w="7481"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00891482" w:rsidRPr="00177D26" w14:paraId="5A604CDE" w14:textId="77777777" w:rsidTr="001C148F">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="66C71E6D" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD9398B" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+          <w:p w14:paraId="067EF7F5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1481692F" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FFB1B37" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4FE312" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00BA5524">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00287DD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r w:rsidR="00E32064" w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="712C27B0" w14:textId="77777777" w:rsidTr="001C148F">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="289F8BD7" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3B71CC19" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+          <w:p w14:paraId="7FE72338" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="17AFA0B1" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="613F2390" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="47B47653" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E442DD8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00B148B5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1400</w:t>
+            </w:r>
+            <w:r w:rsidR="00E32064" w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00E32064" w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Чокина,32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="5A419D5E" w14:textId="77777777" w:rsidTr="001C148F">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="53934F42" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="45FB8D76" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+          <w:p w14:paraId="0BC47ED1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="5E6ED1E4" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C41C4E3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:noProof/>
-[...31 lines deleted...]
-              <w:t>776599941</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="522AEB57" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00BA5524">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="00E32064" w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>209310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="1A922449" w14:textId="77777777" w:rsidTr="001C148F">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="3FF947DE" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="223F17EF" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+          <w:p w14:paraId="55546AF8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="6985FE2B" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22989DB0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...52 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E62A80" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00E32064" w:rsidP="00855F33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>osh15</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA5524" w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D47C18" w14:paraId="33BD8646" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="6B673D8C" w14:textId="77777777" w:rsidTr="00454850">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7386D3A4" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5946E18B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00213146">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16723397" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F477FCB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="3631E8D2" w14:textId="2663711D" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="00D47C18" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44FE509C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00071678" w:rsidP="00277BC7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
-              <w:rPr>
-[...56 lines deleted...]
-            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> сағат</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00263397">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">английского языка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00263397">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE0303">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часов</w:t>
+            </w:r>
+            <w:r w:rsidR="00294646">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(временная вакансия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00177D26" w14:paraId="2B82666E" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00EE67B3" w14:paraId="0C6A0BE5" w14:textId="77777777" w:rsidTr="0085010B">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="1852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="08D4F7EF" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="72B10BA2" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="6D3850C1" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1835B9" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="247F0083" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D1B506" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="374379EE" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C1A9793" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="32A97F38" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1335A790" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="739C40A5" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00EE67B3" w14:paraId="228951B8" w14:textId="77777777" w:rsidTr="0085010B">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="1128"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="44A050B1" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5B56F5BB" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="5544821F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="321DE0D9" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="4040C7B6" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F47BD79" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E3CA03A" w14:textId="77777777" w:rsidR="00785977" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="00785977">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA5524" w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">117508,08 тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36DB9FAC" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="00BA5524" w:rsidP="00785977">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidR="0085010B" w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">146531,16 тенге </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00EE67B3" w14:paraId="21F8334A" w14:textId="77777777" w:rsidTr="00D77C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0910B738" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61519BBC" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12D06493" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAF16BE" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B0871D4" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> теңге</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E03C70D" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00177D26" w14:paraId="17D4D6EB" w14:textId="77777777" w:rsidTr="009540D9">
-[...4 lines deleted...]
-          <w:p w14:paraId="4C68EFE1" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00EE67B3" w14:paraId="7F1E1210" w14:textId="77777777" w:rsidTr="00D77C62">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49D45135" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="70C760FA" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="713C485A" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B08654" w14:textId="7449928E" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="00E2088C" w:rsidP="00785977">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="00263397">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.10-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="00263397">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.10.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00EE67B3" w14:paraId="68F257DD" w14:textId="77777777" w:rsidTr="00D77C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA7EFF1" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28ACBB68" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="059E49DE" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00EE1CE4">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z339" w:history="1">
+              <w:r w:rsidRPr="00EE1CE4">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>приложению 15</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24848F42" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00EE1CE4">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C78A701" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRPr="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00EE1CE4">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BAB848B" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00EE1CE4">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E087E4B" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00EE1CE4">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36E1ED1F" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRPr="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00EE1CE4">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z4" w:history="1">
+              <w:r w:rsidRPr="00EE1CE4">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>приказом</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14528AFE" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00EE1CE4">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DAAE5C0" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRPr="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00EE1CE4">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603CC86C" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRPr="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00EE1CE4">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E1B0A0" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRPr="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00ED6653">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B41B859" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00ED6653">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:anchor="z346" w:history="1">
+              <w:r w:rsidRPr="00EE1CE4">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>приложению 16</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="534A2072" w14:textId="77777777" w:rsidR="00EE1CE4" w:rsidRPr="00EE1CE4" w:rsidRDefault="00EE1CE4" w:rsidP="00ED6653">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) видеопрезентация (самопрезентация) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 x 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DCBA7D4" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE1CE4" w:rsidRDefault="0085010B" w:rsidP="00ED6653">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00EE67B3" w14:paraId="5237097E" w14:textId="77777777" w:rsidTr="00D77C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3421B00C" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6B9261" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DB5ACC" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00EE67B3" w:rsidRDefault="006C6F9D" w:rsidP="00121D26">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">До </w:t>
+            </w:r>
+            <w:r w:rsidR="00294646">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25.05.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00263397">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="24740842" w14:textId="77777777" w:rsidR="00D917D6" w:rsidRPr="00EE67B3" w:rsidRDefault="00D917D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="126D8B85" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="047B9BAB" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F8E21FF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABADB59" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00B651E7" w:rsidP="00B651E7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-          <w:p w14:paraId="58DBEE79" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r w:rsidR="00D77C62" w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7DC983" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DA87ACF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737C3754" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F639383" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A1F0E7D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="150FA2D3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13E638DE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022069AE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3082E133" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280622B8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6EB860" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A3F1F2" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5485BE29" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DCFE4B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E143D18" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09787DE4" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8241D5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16247674" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE0ED2D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F79131" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E89E755" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7C7C3F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B76AF4" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248F0C67" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDB8557" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66971DBD" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5CD245" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FB8F82" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BD6464" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C114F6" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="484E09E4" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74DE5893" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="006C6F9D" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2836"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006C6F9D" w:rsidRPr="00EE67B3" w14:paraId="6EFC600C" w14:textId="77777777" w:rsidTr="006C6F9D">
+        <w:trPr>
+          <w:trHeight w:val="951"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F8FD0F" w14:textId="77777777" w:rsidR="006C6F9D" w:rsidRPr="00EE67B3" w:rsidRDefault="006C6F9D" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B10F374" w14:textId="77777777" w:rsidR="006C6F9D" w:rsidRPr="00EE67B3" w:rsidRDefault="006C6F9D" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14587C2A" w14:textId="77777777" w:rsidR="006C6F9D" w:rsidRPr="00EE67B3" w:rsidRDefault="006C6F9D" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A014A0" w14:textId="77777777" w:rsidR="006C6F9D" w:rsidRPr="00EE67B3" w:rsidRDefault="006C6F9D" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15440EE7" w14:textId="77777777" w:rsidR="006C6F9D" w:rsidRPr="00EE67B3" w:rsidRDefault="006C6F9D" w:rsidP="00454850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6F9D" w:rsidRPr="00EE67B3" w14:paraId="578BE8FE" w14:textId="77777777" w:rsidTr="006C6F9D">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62FDAC09" w14:textId="77777777" w:rsidR="006C6F9D" w:rsidRPr="00EE67B3" w:rsidRDefault="006C6F9D" w:rsidP="00454850">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="08588881" w14:textId="77777777" w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38BDC2E4" w14:textId="77777777" w:rsidR="006C6F9D" w:rsidRPr="00EE67B3" w:rsidRDefault="006C6F9D" w:rsidP="00454850">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="47796998" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62EA74B3" w14:textId="77777777" w:rsidR="006C6F9D" w:rsidRPr="00EE67B3" w:rsidRDefault="006C6F9D" w:rsidP="00454850">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...38 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="357753F8" w14:textId="77777777" w:rsidTr="009540D9">
+    </w:tbl>
+    <w:p w14:paraId="2D763CAE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C02A1F9" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждения):______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0CA139" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B920AC3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CB38279" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA15F89" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02DABCC0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C87CB26" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20892988" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490AFDC7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B69E0C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09DA1BA3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F62F790" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62BFFD64" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A68DA5D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238E175A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D228B06" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513C28EA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B651E7" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFA7AA5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="233FB30E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DC4F2E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A696ED" w14:textId="77777777" w:rsidR="00D917D6" w:rsidRPr="00EE67B3" w:rsidRDefault="00D917D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="7BB7B00C" w14:textId="77777777" w:rsidTr="00454850">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF8DF3B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7298D22B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...46 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC39FA6" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00ED6653" w:rsidP="00ED6653">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...108 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE1CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 16</w:t>
+            </w:r>
+            <w:r w:rsidR="00D77C62" w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AD09006" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...923 lines deleted...]
-            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E322599" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...106 lines deleted...]
-              <w:t>дейін</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24D93C3F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CE8F250" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA4AE18" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7852FA74" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w14:paraId="50E9BAB0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31ABD55E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2825526A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>отчество(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE67B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>при его наличии))</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="225F3C96" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="3AD76920" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AA4177E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="41F40AE7" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="366"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74E8C870" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="215E6C65" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E713456" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F19253" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кол-во </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29872DC8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="7AC9C9CA" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A531111" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FC28826" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14EE04E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3DF4F2" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05EAAD27" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17015E5A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A8D6A7A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="006C6F9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3AA49D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="1543AFE8" w14:textId="77777777" w:rsidTr="00454850">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4F3169" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B2759B1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA8BF41" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37BE064B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10043175" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BEA108D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D89A9CC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="1C7A6B41" w14:textId="77777777" w:rsidTr="00454850">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60C024FB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="465798E2" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2990FEEE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A90A85C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A97983A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B7DBDD" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="23DF0216" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1F715869" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5A5965AC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="329E53CC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F018A8E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="792D546E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B0D0110" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CEE9B75" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08CE866A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="760738BE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E18BF9F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="667BEE22" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6B711C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="2A74592D" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D5FC156" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D88D4B0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2554329D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A26803C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2212576A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34B03A47" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B8752E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="7B2761B1" w14:textId="77777777" w:rsidTr="00454850">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4C8DE9AA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B4A022F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6142C6B3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59CDA428" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="411F7849" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F56559E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1F8B14" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="6AD20701" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30DBC4EE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A1E9B39" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0335E5D4" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45BE9CE7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исьма=3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C962E2D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо= </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6876402C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B88D14C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="0885C749" w14:textId="77777777" w:rsidTr="00454850">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1663ACA0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="08E221F6" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="663D97CE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63F5B7F0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="649E66ED" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDF6BCA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3536E81E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1673A888" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E1536E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EE74EE6" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ACA9C74" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E0F23E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25BA2824" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A2AAF7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="431B93BD" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F3AF13F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6345BA6D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="050DDED0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="002984AB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D342F3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ABC5245" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>понаучно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-исследовательской деятельнос</w:t>
+            </w:r>
+            <w:r w:rsidR="00435795">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ти, включенный в перечень КОКСО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55AD222B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E04A42F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="7B9E26ED" w14:textId="77777777" w:rsidTr="00454850">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13FF8C75" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4DBC3354" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4809FAA7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E1AA0A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09452584" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CBCF14D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский=2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3781E13A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CAA4823" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="2D54B9BC" w14:textId="77777777" w:rsidTr="00B651E7">
+        <w:trPr>
+          <w:trHeight w:val="2497"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D48457C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="589E9BC2" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57CA491A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06634C4E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A73085B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, IELTS; TOEFL; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELF;Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A14517E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18871EBA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с Microsoft» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="12B271C8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62C3BF93" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A9953E8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3734952B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="774B5AB3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E37B31" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKTTeaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Test»Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in EMI Skills (English as a Medium of Instruction)Teacher of English to Speakers of Other Languages (TESOL) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TESOL»Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in teaching English for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">young </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>learnersInternational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51F9CB82" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="770129B8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Becoming a Better Teacher: Exploring Professional </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DevelopmentAssessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TeachingOnline</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching for Educators: Development and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DeliveryEducational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ManagementKey</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02AA5C7A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CAA65B2" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="100C5268" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C22A1C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AD65535" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы повышения квалификации по </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>программам,согласованным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8F8E58" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="2F8588E7" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="2280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26662D20" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38DDF792" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="366F78CD" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D7A255D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F85946" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w14:paraId="5DC99C4C" w14:textId="77777777" w:rsidTr="00454850">
+        <w:trPr>
+          <w:trHeight w:val="185"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30E1E1C9" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE67B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="649F9AA8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59FD198A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A7DEF4C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidRDefault="00D77C62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4425FDD0" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...203 lines deleted...]
-    <w:sectPr w:rsidR="00505A52" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00D77C62" w:rsidRPr="00EE67B3" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -3224,54 +8807,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="524C7E2B"/>
+    <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9241E8C"/>
-    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3542,791 +9125,827 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1068309190">
+  <w:num w:numId="1" w16cid:durableId="1238978153">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="986010143">
+  <w:num w:numId="2" w16cid:durableId="782698591">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1474592479">
+  <w:num w:numId="3" w16cid:durableId="1145853037">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="817265903">
+  <w:num w:numId="4" w16cid:durableId="1339885604">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1301570528">
+  <w:num w:numId="5" w16cid:durableId="1886671445">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2048991102">
+  <w:num w:numId="6" w16cid:durableId="1951936477">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="000170B7"/>
     <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="00027E67"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00035993"/>
+    <w:rsid w:val="00037A03"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="00071678"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00121D26"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
-    <w:rsid w:val="00170F59"/>
+    <w:rsid w:val="00175139"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
-    <w:rsid w:val="00177D26"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
-    <w:rsid w:val="001C23B4"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="002018D2"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="00211287"/>
+    <w:rsid w:val="00213146"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00225A31"/>
+    <w:rsid w:val="00230D3C"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
+    <w:rsid w:val="00263397"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
-    <w:rsid w:val="002743D5"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
-    <w:rsid w:val="00276140"/>
+    <w:rsid w:val="00277BC7"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002846C9"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="00287DD0"/>
+    <w:rsid w:val="0029406B"/>
     <w:rsid w:val="00294615"/>
+    <w:rsid w:val="00294646"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B4952"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D585E"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003153C2"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00360F7E"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
+    <w:rsid w:val="00375D13"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00392745"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00435795"/>
     <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="0044022F"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00451EB5"/>
     <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00455531"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
+    <w:rsid w:val="00476E49"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
-    <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="00505A52"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="005160CC"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
-    <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523400"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
-    <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A2E87"/>
     <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B25C3"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00604B4C"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
-    <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
-    <w:rsid w:val="00636D08"/>
-    <w:rsid w:val="00637085"/>
+    <w:rsid w:val="00634DBA"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006513D4"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
-    <w:rsid w:val="00670B1B"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006972A3"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006B5B70"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006C6F9D"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="007078F2"/>
-    <w:rsid w:val="007129B6"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
-    <w:rsid w:val="00735A6A"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00756818"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00785977"/>
+    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="00795FB9"/>
     <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A2C3E"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007D1993"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007E3D91"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00834BCF"/>
+    <w:rsid w:val="00833793"/>
     <w:rsid w:val="00837CF1"/>
-    <w:rsid w:val="00840411"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="0085010B"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00855F75"/>
+    <w:rsid w:val="00855F33"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
-    <w:rsid w:val="00891482"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A76B3"/>
+    <w:rsid w:val="008B241F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C48C3"/>
-    <w:rsid w:val="008D234C"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00905D5D"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="00944B8C"/>
-    <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
-    <w:rsid w:val="0098612F"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
-    <w:rsid w:val="009B5B5D"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A0584B"/>
+    <w:rsid w:val="00A1050E"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A337E0"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD31E2"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE6408"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B148B5"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B475E6"/>
-    <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B64CEB"/>
+    <w:rsid w:val="00B651E7"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA5524"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
-    <w:rsid w:val="00BE5CDE"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BE6E56"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
-    <w:rsid w:val="00BF7891"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C11B5E"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C4601C"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C53CC1"/>
     <w:rsid w:val="00C56FDD"/>
-    <w:rsid w:val="00C6039D"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C7419F"/>
+    <w:rsid w:val="00C76EA2"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
+    <w:rsid w:val="00CD21B9"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
-    <w:rsid w:val="00D371B9"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
-    <w:rsid w:val="00D47C18"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
-    <w:rsid w:val="00D5571D"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D77C62"/>
+    <w:rsid w:val="00D82186"/>
     <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D90938"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D919BA"/>
-    <w:rsid w:val="00D922C4"/>
+    <w:rsid w:val="00D917D6"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB2E41"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD085B"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E2088C"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E23E0F"/>
+    <w:rsid w:val="00E32064"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40125"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
-    <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
-    <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC40C9"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
-    <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00ED6653"/>
+    <w:rsid w:val="00EE0303"/>
+    <w:rsid w:val="00EE1CE4"/>
+    <w:rsid w:val="00EE5F57"/>
+    <w:rsid w:val="00EE67B3"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
-    <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42727"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F52F7C"/>
+    <w:rsid w:val="00F54F84"/>
     <w:rsid w:val="00F56B91"/>
-    <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F75E74"/>
     <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA0627"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD7FF9"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE72F8"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="74E20341"/>
-  <w15:docId w15:val="{81C1E875-893E-415F-8184-E36E94D10AF8}"/>
+  <w14:docId w14:val="080E12BE"/>
+  <w15:docId w15:val="{665E421B-2530-4C43-A593-3ABC0E9C9020}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4458,51 +10077,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4684,51 +10303,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00637085"/>
+    <w:rsid w:val="005A2E87"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -4799,130 +10418,183 @@
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E702C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
+    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA5524"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EE1CE4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
+    <w:div w:id="90006935">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1933468713">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5173,78 +10845,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90BDC573-B168-4D19-AC31-50D0D80068F1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{163B2C09-0381-4BF9-8DBD-E599B6F0A8EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>645</Words>
-  <Characters>3679</Characters>
+  <Words>1997</Words>
+  <Characters>11388</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>*</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4316</CharactersWithSpaces>
+  <CharactersWithSpaces>13359</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>