--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,11938 +1,4739 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="6F854873" w14:textId="7D8C5DBB" w:rsidR="00D90C40" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00606CAF">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00236598" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717135">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="0027231B" w:rsidRPr="00717135">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП ДПК «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717135">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00717135">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="0027231B" w:rsidRPr="00717135">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="00236598">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00717135">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00236598" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00D90C40" w:rsidRPr="00717135">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00236598">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717135">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="0027231B" w:rsidRPr="00717135">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объявляет конкурс на вакантную должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог дополнительного образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...55 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="1"/>
         <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="298"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="177"/>
+        <w:gridCol w:w="388"/>
+        <w:gridCol w:w="2745"/>
+        <w:gridCol w:w="7181"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00735724" w14:paraId="6F295B12" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="777BA46A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D5F6434" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F93F5BC" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...21 lines deleted...]
-          <w:p w14:paraId="5A46F4C7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00AE10D7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное казенное предприятие </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE10D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>етско-подростковый клуб «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жигер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00735724" w14:paraId="00E80491" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2097A725" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74F3F59A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E2219DE" w14:textId="3DBAB14C" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...56 lines deleted...]
-          <w:p w14:paraId="0D473C7B" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г.Павлодар, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ул.Ак.Чокина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 32/2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00717135" w14:paraId="1FB394B7" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6003E5E5" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10977D61" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>телефон нөмірлері,</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EB1A27F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 8(7182)65-43-21</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8(7182) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>65-43-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00717135" w14:paraId="2DB98672" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="475CFB42" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="551FF774" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46650D3C" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>metod-ziger</w:t>
-[...16 lines deleted...]
-                <w:u w:val="single"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>mail.ru</w:t>
+              <w:t>metod-ziger@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="005C2E06" w14:paraId="33D504A2" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4167A07A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F8432B9" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6152CD9C" w14:textId="5E21BF5B" w:rsidR="001D7669" w:rsidRPr="00717135" w:rsidRDefault="00735724" w:rsidP="00D84A52">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00E33408" w:rsidRPr="0055528D" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">полнительного образования по  </w:t>
+            </w:r>
+            <w:r w:rsidR="00690D70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>подготовке к школе</w:t>
+            </w:r>
+            <w:r w:rsidR="00313259">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мектепке дайындық (</w:t>
-[...31 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...9 lines deleted...]
-              <w:t>қосымша білім беру педагогі</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w14:paraId="327BD609" w14:textId="77777777" w:rsidR="001D7669" w:rsidRPr="00717135" w:rsidRDefault="001D7669" w:rsidP="00D84A52">
-[...36 lines deleted...]
-          <w:p w14:paraId="46728E97" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18 часов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00C81EFB" w14:paraId="276A4D3C" w14:textId="77777777" w:rsidTr="00333F3A">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
-          <w:trHeight w:val="4526"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E1F8329" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69F77A3C" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AA48C5B" w14:textId="77777777" w:rsidR="00333F3A" w:rsidRDefault="00333F3A" w:rsidP="00333F3A">
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00333F3A">
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организует и обеспечивает разнообразную творческую деятельность </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в области дополнительного образования. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00333F3A">
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Комплектует состав обучающихся и воспитанников кружка, секции, студии, клубного и другого детского объединения, принимает меры по сохранению их в течение срока обучения. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00333F3A">
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участвует в разработке и реализации образовательных учебных программ дополнительного образования детей, составляет планы и программы занятий, обеспечивает их выполнения. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ведет установленную документацию. Обеспечивает педагогически обоснованный выбор форм, средств и методов работы, исходя из психофизиологической целесообразности. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выявляет творческие способности детей, способствует развитию нравственно-духовной личности, формированию устойчивых профессиональных интересов обучающихся (воспитанников). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организует самостоятельную деятельность обучающихся, воспитанников, в том числе исследовательскую, включает в образовательный процесс инновационные технологии, осуществляет связь обучения с практикой. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечивает и анализирует достижения обучающихся, воспитанников. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оценивает эффективность обучения, учитывая овладение умениями, развитие опыта творческой деятельности, познавательного интереса, используя компьютерные технологии. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>оның ішінде зерттеу қызметін ұйымдастырады, білім беру процесіне инновациялық технологияларды қосады, оқытудың практикамен байланысын жүзеге асырады;</w:t>
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Способствует формированию устойчивых профессиональных интересов и склонностей, поддерживает одаренных и талантливых обучающихся, в том числе детей с ограниченными возможностями в развитии. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00333F3A">
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организует участие детей в массовых образовательных мероприятий </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурсы, выставки, слеты, конференции, олимпиады и другие). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00333F3A">
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участвует в организации каникулярного отдыха обучающихся, воспитанников. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00333F3A">
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечивает при проведении занятий соблюдение правил и норм охраны труда, техники безопасности и противопожарной безопасности, несет ответственность за сохранение жизни и здоровья детей. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00333F3A">
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оказывает консультативную помощь родителям и лицам, их заменяющим, а также педагогическим работникам. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00333F3A">
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участвует в деятельности методических объединений и в других формах методической работы. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00333F3A">
-[...396 lines deleted...]
-              <w:t xml:space="preserve">педагогика </w:t>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Систематически повышает свою профессиональную квалификацию. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00C81EFB" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Должен знать</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конституцию Республики Казахстан и Трудовой кодекс Республики Казахстан, Кодекс Республики Казахстан "О браке (супружестве) и семьи", законы Республики Казахстан "Об образовании", "О языках в Республике Казахстан", "О правах ребенка в Республике Казахстан", "О борьбе с коррупцией", О профилактике правонарушений среди несовершеннолетних и предупреждение детской безнадзорности и беспризорности" и другие нормативные правовые акты, регламентирующие образовательную деятельность, приоритетные направления развития образования Республики</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Казахстан, принципы дидактики, основы педагогики и возрастной психологии, принципы методического обеспечения образовательного процесса, систему организации образовательного процесса в организации образования, методику воспитательной работы, современные педагогические технологии продуктивного, дифференцированного, развивающего обучения, реализации </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00333F3A">
-[...8 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>компетентностного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00333F3A">
-[...202 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подхода, методы убеждения, аргументации своей позиции, установления контакта с обучающимися, воспитанниками, детьми разного возраста, их родителями, лицами, их заменяющими, коллегами по работе, технологии диагностики причин конфликтных ситуаций, их</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профилактики и разрешения, технологии педагогической диагностики, основы работы с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C81EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">      </w:t>
-[...1379 lines deleted...]
-            </w:pPr>
+              <w:t>персональным компьютером, электронной почтой и браузерами, мультимедийным оборудованием, правила внутреннего трудового распорядка организации образования, правила по охране труда и пожарной безопасности.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00735724" w14:paraId="6F0E6DFA" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3421B703" w14:textId="33DDC67D" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- высшее  образование ( min):   124586,88 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- высшее образование (mах):   148300,86 тенге.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
+        <w:trPr>
+          <w:trHeight w:val="2988"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C76BB1F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">еңбекке ақы төлеу мөлшері мен шарттары </w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41F53D3F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...1092 lines deleted...]
-          <w:p w14:paraId="11C0A90C" w14:textId="165271A3" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или техническое и профессиональное образование педагогического профиля или по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; и (или) при наличии среднего или высшего уровня квалификации стаж работы по специальности: для педагога-модератора - не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя - не менее 4 лет; и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – не менее 5 лет;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00717135" w14:paraId="6F266537" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39CF8850" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69AD263F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32A14024" w14:textId="1E1ECF08" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00751A7A" w:rsidP="00953631">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="007E0AFF" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>28</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>28.10.2024 – 05.11</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33408" w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.2024г</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33408">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33408" w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
-            </w:r>
-[...108 lines deleted...]
-              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00735724" w14:paraId="6C6B1D98" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F05DB67" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EBED1F7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4989B883" w14:textId="7EAE53D7" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...2666 lines deleted...]
-          <w:p w14:paraId="10EDB260" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="09E0CC45" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="100919CF" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="482FCA27" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00717135" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) справку с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат Национального квалификационного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - ОЗП) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">13) </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10)педагоги, приступившие к педагогической деятельности в организации технического и  профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по существующей специальности или профилю не менее двух лет освобождаются от прохождения сертификаци; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>жұмыс өтілі жоқ кандидат үшін ұзақтығы кемінде 15 минут, ең төменгі рұқсаты – 720 x 480  бейнепрезентация;</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12) видеопрезентация для кандитата без стажа, продолжительностью не менее 15 минут, с минимальным разрешением – 720х480;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="00717135" w14:paraId="4D92701D" w14:textId="77777777" w:rsidTr="00606CAF">
+    </w:tbl>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="1"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="645B51D8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="177104B0" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00717135" w:rsidRDefault="006A6418" w:rsidP="005C2E06">
-[...12 lines deleted...]
-          <w:p w14:paraId="1A1E302E" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00717135" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="45B461A1" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00717135" w:rsidRDefault="006A6418" w:rsidP="00717135">
-[...12 lines deleted...]
-          <w:p w14:paraId="3A31DF91" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00717135" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7C56B5EA" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00717135" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="57BA0955" w14:textId="007EF70A" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00717135">
-[...19 lines deleted...]
-          <w:p w14:paraId="1704F559" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="006A6418">
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00717135">
-[...9 lines deleted...]
-          <w:p w14:paraId="3445074A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="006A6418">
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00717135">
-[...9 lines deleted...]
-          <w:p w14:paraId="57355EF3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="006A6418">
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00717135">
-[...9 lines deleted...]
-          <w:p w14:paraId="35886B8A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="006A6418">
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05E3E05B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
-[...14 lines deleted...]
-    <w:p w14:paraId="1222B20B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717135">
-[...17 lines deleted...]
-    <w:p w14:paraId="5814FF33" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...83 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4609F968" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD6225B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF0E642" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
-[...40 lines deleted...]
-    <w:p w14:paraId="7D91E10B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FC80EF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48EB1768" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7DEDCEAA" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00717135">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="271E4074" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="4E9B5CCF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="394453A8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="0D4A2170" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="6FF16B26" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="2BC7575F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="196FB360" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="6D4137DF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="7A096995" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="562477D5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="00717135" w14:paraId="1506EA47" w14:textId="77777777" w:rsidTr="0035540A">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50160636" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D0D2819" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...19 lines deleted...]
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CC80CFD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51A731CE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717135">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00717135">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00717135">
-[...49 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="00717135" w14:paraId="6933D29F" w14:textId="77777777" w:rsidTr="0035540A">
+      <w:tr w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidTr="00D33D60">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45565B38" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CF63A61" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D2A5635" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C3A0738" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00D33D60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04241174" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76BE53FF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждения):______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Біліктілік</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>санатының</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...48 lines deleted...]
-        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...50 lines deleted...]
-    <w:p w14:paraId="7EA95B10" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00717135" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...989 lines deleted...]
-    <w:p w14:paraId="340A2D03" w14:textId="77777777" w:rsidR="000D425F" w:rsidRDefault="000D425F" w:rsidP="001B5715">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRPr="00717135" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B8C066D" w14:textId="500A7179" w:rsidR="003E27E1" w:rsidRDefault="000D425F" w:rsidP="00B02A16">
+    <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D425F">
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00E33408">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D258ACA" w14:textId="77777777" w:rsidR="00717135" w:rsidRDefault="00717135" w:rsidP="00B02A16">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E33408" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="144A3370" w14:textId="77777777" w:rsidR="00717135" w:rsidRDefault="00717135" w:rsidP="00B02A16">
+    <w:p w:rsidR="00E33408" w:rsidRPr="001B5715" w:rsidRDefault="00E33408" w:rsidP="00E33408">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...302 lines deleted...]
-    <w:sectPr w:rsidR="00717135" w:rsidSect="00EF0721">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00835116" w:rsidRDefault="00835116"/>
+    <w:sectPr w:rsidR="00835116" w:rsidSect="00EF0721">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...657 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...759 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00E55DBA"/>
+    <w:rsid w:val="00236598"/>
+    <w:rsid w:val="00313259"/>
+    <w:rsid w:val="00690D70"/>
+    <w:rsid w:val="007E0AFF"/>
+    <w:rsid w:val="00835116"/>
+    <w:rsid w:val="00AE10D7"/>
+    <w:rsid w:val="00E33408"/>
+    <w:rsid w:val="00E55DBA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4672AF0D"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -12004,240 +4805,117 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00E33408"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a3"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00E33408"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...29 lines deleted...]
-    <w:rsid w:val="00587313"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00E33408"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...16 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -12258,51 +4936,51 @@
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -12374,443 +5052,147 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00E33408"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...148 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="10">
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="a8"/>
+    <w:next w:val="a3"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00717135"/>
+    <w:rsid w:val="00E33408"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00E33408"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...170 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12844,84 +5226,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -13052,87 +5436,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>9080</Characters>
+  <Pages>6</Pages>
+  <Words>1550</Words>
+  <Characters>8836</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10651</CharactersWithSpaces>
+  <CharactersWithSpaces>10366</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>admin</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>