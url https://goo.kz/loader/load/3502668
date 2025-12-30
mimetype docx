--- v0 (2025-12-10)
+++ v1 (2025-12-30)
@@ -1,10521 +1,4132 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="4DEC8A98" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00C54039" w:rsidRDefault="00496705" w:rsidP="00496705">
+    <w:p w14:paraId="716D3285" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF" w:rsidP="00D226CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...140 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:hanging="709"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная школа №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» объявляет конкурс на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заместителя</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителя по воспитательной работе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0538153A" w14:textId="2755987E" w:rsidR="00D226CF" w:rsidRPr="00D226CF" w:rsidRDefault="00D226CF" w:rsidP="00D226CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (постоянно) – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ставк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10456" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="a5"/>
+        <w:tblW w:w="10943" w:type="dxa"/>
+        <w:tblInd w:w="-215" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7513"/>
+        <w:gridCol w:w="386"/>
+        <w:gridCol w:w="270"/>
+        <w:gridCol w:w="2004"/>
+        <w:gridCol w:w="3598"/>
+        <w:gridCol w:w="4555"/>
+        <w:gridCol w:w="130"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00496705" w:rsidRPr="00905381" w14:paraId="0C0255E3" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="1FC52240" w14:textId="77777777" w:rsidTr="00D226CF">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="386" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0761498C" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5392FDC1" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="426"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00905381">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>\</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A4F39DB" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="491DAAFB" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00905381">
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C6B50AB" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="12353F2B" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00905381">
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 35 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496705" w:rsidRPr="00905381" w14:paraId="3F003928" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="475795E3" w14:textId="77777777" w:rsidTr="00D226CF">
         <w:trPr>
-          <w:trHeight w:val="593"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50A5ADEB" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="68BFAB9E" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F0E0302" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="1C27B959" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>Орналасқан жері</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5796607B" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Айманов көшесі, 37 </w:t>
+          <w:p w14:paraId="3AFE42DB" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>14001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0, Республика Казахстан, Павлодарская область, город Павлодар, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айманова ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496705" w:rsidRPr="00905381" w14:paraId="42FE1203" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="36203B97" w14:textId="77777777" w:rsidTr="00D226CF">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="069D91A5" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="061E0680" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65E91FCF" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="48EC1898" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>Телефон номерлері</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B76433B" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="24784C9F" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00905381">
-[...15 lines deleted...]
-              <w:t>537104</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8(7182) 537104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496705" w:rsidRPr="00905381" w14:paraId="207A97D1" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="6710096C" w14:textId="77777777" w:rsidTr="00D226CF">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2805E64A" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="0D9AE2CE" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05607FA0" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="09FBAF3D" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Электрондық  пошта</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="620CCF53" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="177E65B2" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidRPr="00EB0B26">
+              <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>sosh35@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496705" w:rsidRPr="00905381" w14:paraId="204BBA2B" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="2726E1D3" w14:textId="77777777" w:rsidTr="00D226CF">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
+          <w:trHeight w:val="1002"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="386" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A1EFFA6" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="6D465111" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00905381">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32424B29" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="3DA0FB67" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="344A4527" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="63D96C91" w14:textId="70EDAE1E" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A131A9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заместитель руководителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (директора) по воспитательной работе, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Басшының </w:t>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> орынбасары – 2 жүктеме</w:t>
+              <w:t xml:space="preserve"> ставки </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496705" w:rsidRPr="00905381" w14:paraId="09645F69" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="1C5BC88F" w14:textId="77777777" w:rsidTr="00D226CF">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1431C4A9" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="19B22BC1" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54525458" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="63454541" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>Негізгі  функционалдық міндеттері</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="757AA2B6" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00A131A9" w:rsidRDefault="00496705" w:rsidP="00496705">
+          <w:p w14:paraId="737ECD04" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF" w:rsidP="00173BD7">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="7CC10BC9" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00A131A9" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обеспечивает организацию воспитательного процесса;  организует текущее и перспективное планирование воспитательной работы;  осуществляет планирование и контроль деятельности старших вожатых,  воспитателей групп продленного дня, классных руководителей, педагогов-психологов, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="628BFCB3" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>социальных педагогов и педагогов дополнительного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F6A4EBF" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF" w:rsidP="00173BD7">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...106 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обеспечивает разработку документации по воспитательной работе, по подготовке и проведению культурно-воспитательных мероприятий;  осуществляет систематический контроль за качеством содержания и проведения воспитательного процесса</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496705" w:rsidRPr="00905381" w14:paraId="28CD852D" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="7268232C" w14:textId="77777777" w:rsidTr="00D226CF">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AACE6A1" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="0829E142" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0618A421" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="49B34325" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A5D4034" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="7D23B5AF" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="66751043" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DFDF335" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...51 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 172014 тенге</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496705" w:rsidRPr="00905381" w14:paraId="7364EE91" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="28D199A8" w14:textId="77777777" w:rsidTr="00D226CF">
         <w:trPr>
-          <w:trHeight w:val="3026"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F7AD10F" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="201A56E8" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00905381">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55B311C0" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...19 lines deleted...]
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа қойылатын біліктілік талаптары</w:t>
+          <w:p w14:paraId="2D84C8F1" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A1D840A" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51BCE2C4" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...3 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:p w14:paraId="395F6034" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...35 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее и (или) послевузовское педагогическое или иное профессиональное  образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 3 лет;  и (или) наличие квалификационной категории "заместитель руководителя третьей  квалификационной категории" или "заместитель руководителя второй </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AFA8C4D" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...35 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной категории", или "заместитель руководителя первой </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18E51E8C" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...17 lines deleted...]
-              <w:t>     және (немесе) педагогтің бірінші немесе жоғары біліктілік санатының, педагог – сарапшының немесе педагог – зерттеушінің немесе педагог – шебердің біліктілік санатының болуы.</w:t>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>квалификационной категории" организации образования, либо наличие квалификации "педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496705" w:rsidRPr="00905381" w14:paraId="6C8C2820" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="6278BE1B" w14:textId="77777777" w:rsidTr="00D226CF">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02211C34" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="0C008FBC" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00905381">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B439D2E" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="0C96E0A3" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BF1C095" w14:textId="6DF9DCDC" w:rsidR="00496705" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="13348FAE" w14:textId="23BDFA0A" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>29.10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00905381">
+              <w:t>29</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>– 07.</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>10</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>11</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00905381">
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.202</w:t>
+              <w:t xml:space="preserve"> 07.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>11.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00905381">
-[...399 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00496705" w:rsidRPr="00905381" w14:paraId="19432EF1" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="323E13A2" w14:textId="77777777" w:rsidTr="00D226CF">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57EC57DF" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="4D21FEFB" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00905381">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20F3F6C8" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
+          <w:p w14:paraId="2C3FAF9D" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
-[...1047 lines deleted...]
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B812EB6" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="2240D801" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CAB5A28" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44AE886C" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76B4738B" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03C1934F" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="343D0242" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="238C7F89" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60057147" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BD787B6" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="267E1F92" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F8DDE55" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109748DC" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D2DB91" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D226CF" w14:paraId="3AA70F3D" w14:textId="77777777" w:rsidTr="00D226CF">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65E9D248" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="1283EC0C" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56351003" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00905381" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="6A0332B1" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17BCA232" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...342 lines deleted...]
-      <w:tr w:rsidR="00496705" w14:paraId="5393DDD2" w14:textId="77777777" w:rsidTr="00173BD7">
+      <w:tr w:rsidR="00D226CF" w14:paraId="0A9345D7" w14:textId="77777777" w:rsidTr="00D226CF">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:wBefore w:w="656" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcW w:w="5602" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="64C006A0" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00492BA9" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="36005E0B" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcW w:w="4685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35CB2448" w14:textId="77777777" w:rsidR="00496705" w:rsidRPr="00492BA9" w:rsidRDefault="00496705" w:rsidP="00173BD7">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="47249F64" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63039F89" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D0C2D4D" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7732B757" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FB072AC" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F2C2A3E" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C5D6CCF" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67240455" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BC7277D" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5242D4DB" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68ECA581" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59963ECC" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73F3F864" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="718CFDD3" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48F27E43" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19E2BEDD" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AC0D4B1" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42AC4AD0" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66BEF676" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4701F218" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30B16BC5" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2180315F" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DF2C3F5" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75545B8D" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4049305A" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52D0B78C" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C1E614F" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2487D94F" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AA87BBA" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C9F41BE" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04AA188D" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C7C9CE3" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="239B64C4" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B7584CD" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06747EE6" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E34E98A" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EF01E84" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CCF5717" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="294CDC7B" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04B32D55" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68DED6C4" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47E20295" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4489DEC0" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="783356AB" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6490E60A" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25D5FAA8" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CFDBD86" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D5C83E3" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="713C7CDE" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="388F55F2" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DE10425" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C68FA79" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="125DD7B1" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35284BC9" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65F0377B" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B8D653D" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00492BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A71C329" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00492BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4958A1E2" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00492BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68473876" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00492BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...7 lines deleted...]
-              <w:spacing w:after="0"/>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F4DED26" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00492BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B8F7BF5" w14:textId="77777777" w:rsidR="00D226CF" w:rsidRDefault="00D226CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6AB1B01B" w14:textId="77777777" w:rsidR="00496705" w:rsidRDefault="00496705" w:rsidP="00496705">
-[...6568 lines deleted...]
-    <w:sectPr w:rsidR="00CB4DCF" w:rsidSect="004B7ECB">
+    <w:p w14:paraId="69CAD3F9" w14:textId="77777777" w:rsidR="00CB4DCF" w:rsidRDefault="00CB4DCF"/>
+    <w:sectPr w:rsidR="00CB4DCF" w:rsidSect="00D226CF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="30515624"/>
+    <w:nsid w:val="37904508"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CBCC101C"/>
-    <w:lvl w:ilvl="0" w:tplc="80D4E5CE">
+    <w:tmpl w:val="905A4DA6"/>
+    <w:lvl w:ilvl="0" w:tplc="6826FE62">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009C03D0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009C03D0"/>
+    <w:rsidRoot w:val="00322DC6"/>
+    <w:rsid w:val="00322DC6"/>
     <w:rsid w:val="00CB4DCF"/>
+    <w:rsid w:val="00D226CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6A3F3CD1"/>
+  <w14:docId w14:val="4EEB08CB"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{23302302-6FB6-4424-ADE6-ABFD58599AFE}"/>
+  <w15:docId w15:val="{F8F33D6A-DE90-4A1C-9307-FFBCB1D49DAE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10874,140 +4485,151 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00496705"/>
+    <w:rsid w:val="00D226CF"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00496705"/>
+    <w:rsid w:val="00D226CF"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00496705"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D226CF"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00D226CF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...21 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="1232276281">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh35@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -11272,55 +4894,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>11290</Characters>
+  <Pages>3</Pages>
+  <Words>721</Words>
+  <Characters>4116</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13244</CharactersWithSpaces>
+  <CharactersWithSpaces>4828</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>8</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>