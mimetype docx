--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,10657 +1,13149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="4309A95E" w14:textId="2FA215B1" w:rsidR="00071678" w:rsidRPr="00BA5524" w:rsidRDefault="00071678" w:rsidP="003160CB">
+    <w:p w14:paraId="54FC1BA9" w14:textId="5FE2AE9F" w:rsidR="000A1757" w:rsidRPr="00E22801" w:rsidRDefault="000A1757" w:rsidP="000A1757">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5524">
+      <w:r w:rsidRPr="00E22801">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының №</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BA5524">
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39инновациялық үлгідегі гимназия сыныптары бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">города Павлодара» объявляет конкурс </w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B343C1" w14:textId="5AD5A0D1" w:rsidR="00071678" w:rsidRPr="00BA5524" w:rsidRDefault="00071678" w:rsidP="00071678">
+    <w:p w14:paraId="2BB2A318" w14:textId="77777777" w:rsidR="0034755A" w:rsidRPr="0034755A" w:rsidRDefault="000A1757" w:rsidP="0034755A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5524">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0034755A" w:rsidRPr="0034755A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>русского языка и литературы</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">орыс тілі мен әдебиеті мұғалімі лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1893EE0E" w14:textId="7F278E35" w:rsidR="00F77D94" w:rsidRPr="00E22801" w:rsidRDefault="0034755A" w:rsidP="0034755A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034755A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс тілінде оқытатын конкурс жариялайды</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:tblInd w:w="-437" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="461"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7469"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="2683"/>
+        <w:gridCol w:w="7252"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="21849EE8" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E45B59" w14:paraId="195F7939" w14:textId="77777777" w:rsidTr="006C3AC0">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1A343DDC" w14:textId="421A9185" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="0FAE6C39" w14:textId="786F749F" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6135E4E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="317A837A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...12 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9A8246" w14:textId="5D1D3284" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00BA5524">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="44129EB6" w14:textId="5722CCB6" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №</w:t>
+            </w:r>
+            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>39 инновационного типа с гимназическими классами</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t xml:space="preserve">39 инновациялық үлгідегі гимназия сыныптары бар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="6730AC00" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="648453AB" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="543"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="132EDDB0" w14:textId="76012E6C" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="65F96AD4" w14:textId="5ECBE31D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07FB6FAC" w14:textId="7BE880D0" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00321427">
+          <w:p w14:paraId="2C843157" w14:textId="3DB0A039" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6665A6C7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BC07C4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F7DEF1" w14:textId="1F2C97D5" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00B148B5">
+          <w:p w14:paraId="1C82E47D" w14:textId="4AA73CBE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00EB7737">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1400</w:t>
             </w:r>
-            <w:r w:rsidR="00B148B5">
+            <w:r w:rsidR="00EB7737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...15 lines deleted...]
-              <w:t>М.Горького,33</w:t>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы,  Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Горький</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="4472A1ED" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="49D4B1AD" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3AD9BE3C" w14:textId="6CCD74E8" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="438AB32B" w14:textId="21539BA3" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E63CDD3" w14:textId="7648AB1B" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="3B084F9D" w14:textId="528A37AE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>Номеров телефонов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>елефон  нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65DC032C" w14:textId="6E94F6C3" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00BA5524">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+          <w:p w14:paraId="48E30F74" w14:textId="34F98BF0" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) </w:t>
             </w:r>
-            <w:r w:rsidR="00BA5524" w:rsidRPr="00BA5524">
+            <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>677702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="6BF1A3D1" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="4CDF4FC5" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1D580DD5" w14:textId="56147069" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="7FB12032" w14:textId="1009107D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5617553C" w14:textId="10C455BE" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="492D2303" w14:textId="22C01E0B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>Адреса электронной почты</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>э</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лектрондық  пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="582DB124" w14:textId="757F75ED" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00BA5524" w:rsidP="00855F33">
-[...10 lines deleted...]
-                <w:rStyle w:val="aa"/>
+          <w:p w14:paraId="63A505E0" w14:textId="7231A8DE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>sosh39@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5EED469A" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00F77D94" w:rsidRPr="00E45B59" w14:paraId="78DF8D7B" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="321EA623" w14:textId="31C1E3DC" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00213146">
+          <w:p w14:paraId="23AD5B19" w14:textId="52735F4E" w:rsidR="00F77D94" w:rsidRPr="00E22801" w:rsidRDefault="00F77D94" w:rsidP="00F77D94">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD86BDF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="4C8C8AEC" w14:textId="6C889761" w:rsidR="00F77D94" w:rsidRPr="00E22801" w:rsidRDefault="00F77D94" w:rsidP="00F77D94">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75AF3E13" w14:textId="0CCE3950" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00071678" w:rsidP="001D72BD">
-[...80 lines deleted...]
-              <w:t>16 часов</w:t>
+          <w:p w14:paraId="46BA6C75" w14:textId="1B007B30" w:rsidR="00F77D94" w:rsidRPr="00E22801" w:rsidRDefault="00D32528" w:rsidP="005C7BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D32528">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазақ тілінде оқытатын орыс тілі мұғалімі, 13 сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="3AA0A1E6" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E45B59" w14:paraId="62423F24" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="1852"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2399F848" w14:textId="0739C74F" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="2CE62E60" w14:textId="3E6D610B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64D697CE" w14:textId="32B4CDAF" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="158DEBD3" w14:textId="11E7B25D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>егізгі  функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="516058BE" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="2739E7B4" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...10 lines deleted...]
-          <w:p w14:paraId="783961F0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737ABC34" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...10 lines deleted...]
-          <w:p w14:paraId="178A95C7" w14:textId="4C6F2A20" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071596AE" w14:textId="46931299" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...13 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="720BCBF0" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00435D3F" w14:paraId="0C493527" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="1128"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="073EE656" w14:textId="725046ED" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="51ECFAAC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13172B2A" w14:textId="0CE3B326" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="0B59795F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A357E69" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="57C238E1" w14:textId="77777777" w:rsidR="00B270EF" w:rsidRPr="00E22801" w:rsidRDefault="00B270EF" w:rsidP="00B270EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...10 lines deleted...]
-          <w:p w14:paraId="7DD8DBFC" w14:textId="77777777" w:rsidR="00AC09ED" w:rsidRDefault="0085010B" w:rsidP="00AC09ED">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44ABC249" w14:textId="18C9DE2B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00435D3F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rStyle w:val="aa"/>
-[...38 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:r w:rsidR="0085010B" w:rsidRPr="00BA5524">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">146531,16 тенге </w:t>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00435D3F">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>73265,58</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA7828">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="423FFEC1" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00E45B59" w14:paraId="18346FA7" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A18D0B3" w14:textId="5AA452A4" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="516473D2" w14:textId="30ECAE26" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="050B4B1B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="15BC202D" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D4D09C0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2B0C80" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2803F05D" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="42327C15" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...10 lines deleted...]
-          <w:p w14:paraId="3A28DA9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25CF1BCE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...10 lines deleted...]
-          <w:p w14:paraId="0A1E2A0E" w14:textId="4C573656" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48B30E32" w14:textId="156A7013" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="1FEA9F7B" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00746CF6" w:rsidRPr="00E22801" w14:paraId="65D706A1" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1CF746" w14:textId="30018F14" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="2EAC2B31" w14:textId="2ACE7D1B" w:rsidR="00746CF6" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00746CF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E470501" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="1E01C242" w14:textId="77777777" w:rsidR="00746CF6" w:rsidRPr="00E22801" w:rsidRDefault="00746CF6" w:rsidP="00746CF6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3597E9A1" w14:textId="7EF6098F" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="00C35036" w:rsidP="00AC09ED">
-            <w:pPr>
+          <w:p w14:paraId="44860E15" w14:textId="7CA97E76" w:rsidR="00746CF6" w:rsidRPr="00581B12" w:rsidRDefault="0038269B" w:rsidP="00581B12">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-              <w:t>9.10.2024- 08.11.2024</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="00581B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00581B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2024 – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidR="00581B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00581B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="6E5C4D84" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00E45B59" w14:paraId="1A0CF6EC" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06F4EAEF" w14:textId="50A192D4" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="052647E0" w14:textId="4065E4DF" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CE57D9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="28A019BE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A6120F4" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="6C335013" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0793E9B5" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50798185" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="606AB111" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7817CCA3" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...23 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441285E5" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
-[...32 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A785A0" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>) справку</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>с психоневрологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="085B9EC8" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="56BE0006" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>справку с наркологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DE715E1" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="5213C929" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>удостоверение</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">действующей </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>категории не ниже педагога-модератора</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C1901B6" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...294 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46637876" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40C8D067" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="71111C6F" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...32 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCD9D00" w14:textId="387CB8CC" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00BA5524" w14:paraId="7777B5F0" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w14:paraId="7631880F" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10E2AD7B" w14:textId="1FBBE863" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="7E698130" w14:textId="3FB5A5DE" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6325FA8F" w14:textId="579E2BCE" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="308E1D41" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Срок временно вакантной должности</w:t>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="430A269A" w14:textId="009DD697" w:rsidR="0085010B" w:rsidRPr="00BA5524" w:rsidRDefault="0085010B" w:rsidP="00121D26">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="5705022E" w14:textId="29FDF242" w:rsidR="00BB2BC3" w:rsidRPr="00E22801" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6616B17E" w14:textId="77777777" w:rsidR="00D917D6" w:rsidRDefault="00D917D6">
+    <w:p w14:paraId="45F07E74" w14:textId="3406F0D1" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA42863" w14:textId="0600BA64" w:rsidR="00D77C62" w:rsidRDefault="00D77C62">
+    <w:p w14:paraId="0951406B" w14:textId="0D210F15" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="484C53AC" w14:textId="3332CC6B" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED90408" w14:textId="267C749C" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F924603" w14:textId="7994A38C" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5653367B" w14:textId="515DFA01" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4CD2BB" w14:textId="273D05A9" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B0EE0EF" w14:textId="34D82809" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6384BACF" w14:textId="75FF735C" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F97A4B" w14:textId="74D58268" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DF8D6F4" w14:textId="0E5B1C32" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58555D90" w14:textId="5DF34E61" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7691E637" w14:textId="2F298A74" w:rsidR="00E22801" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="00E22801">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5729"/>
+        <w:gridCol w:w="4335"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="6AB7E528" w14:textId="77777777" w:rsidTr="00E22801">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="110C77F2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2662438D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22C63A63" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29BAAA5A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="792615FC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="452655D7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BDF1762" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2890DB00" w14:textId="0400289A" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582E6504" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FE4576" w14:textId="511C0880" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BB7F69" w14:textId="1B531351" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021393D3" w14:textId="03E378DE" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441AAD5D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E79ACF7" w14:textId="6F537070" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CED6AF4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2CE9B5" w14:textId="6B4D7FD0" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750EA123" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D48BA7E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A275A7F" w14:textId="6BEC91CD" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C7BB76" w14:textId="4D1AE2D0" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536F8B7D" w14:textId="50C3FAD6" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79470A48" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="008570A0" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35625E20" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61381CC3" w14:textId="1D6881FE" w:rsidR="00834E3A" w:rsidRPr="003C2FF8" w:rsidRDefault="00834E3A" w:rsidP="008570A0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>теймін:</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008570A0" w:rsidRPr="003C2FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E510552" w14:textId="4F66A089" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00E22801">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008570A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654602CA" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E5DDB8" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="2D001D78" w14:textId="77777777" w:rsidTr="006C3AC0">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1277A99F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B30112" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="553CCDE1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18B30F60" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2861992A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="433D9814" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="14CB9259" w14:textId="77777777" w:rsidTr="008570A0">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78775523" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="150A2A09" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FB5ABC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D4B25D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="60BA1DC6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4593F0DC" w14:textId="05D0B7AD" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578C019C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3126A7C6" w14:textId="40000AA8" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FF1233" w14:textId="6846BED2" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00E22801" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келе</w:t>
+      </w:r>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidR="00834E3A" w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E69FC00" w14:textId="2D4DF568" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F58529" w14:textId="7FE4EB5A" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="600244CB" w14:textId="07FBD865" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319E8F73" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF1ECAB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E113750" w14:textId="070A1587" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1583ADB7" w14:textId="5C640F4D" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77ABFB0D" w14:textId="0B60EF69" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCB1D0F" w14:textId="5895974B" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A267B53" w14:textId="7E983519" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB51B3C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE2A42A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5869"/>
+        <w:gridCol w:w="4195"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5A51F8AA" w14:textId="77777777" w:rsidTr="00454850">
-[...1701 lines deleted...]
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5C62906B" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="27EF34F2" w14:textId="77777777" w:rsidTr="006C3AC0">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B24A1DE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="5FCD85CF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07628550" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="6A933D73" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69A1025C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="2DA94A28" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="60E47B61" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="528EB127" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="385E3106" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="472F1017" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="108B8587" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738923E9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="538E576C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F338E83" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C4B51E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="1ECEFD69" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00910BFE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="05DC624A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5524">
+      <w:r w:rsidRPr="00E22801">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BA5524">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA5524">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA5524">
+      <w:r w:rsidRPr="00E22801">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5785CE49" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="72B36CBF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22801">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685FE09B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...38 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5B8E8100" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="14548C1A" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="323DF440" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="41389903" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD014CB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="3352E7D9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02BA658C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0E954EEB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43D66F5F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="1101541B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="147B5C3E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="7B045544" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7047FA27" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BA5524">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="7984EB9C" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="6950AECB" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04F7CBF9" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="0A8F8482" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3158C34F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="3EDB3882" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35497BDA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="7B139F6D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F211EFA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="3AD80E63" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="14AE5349" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DACB420" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="7EBDD1A9" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3586E008" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="53213ECC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="124D536C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BA5524">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-          <w:p w14:paraId="3D73026F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B8618C5" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00312C80" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="227122CC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="51D10E6B" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="2DD6C217" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B4FB9F4" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="574E94E9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C9DBEA6" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="7CB38F73" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AA7CDA2" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="0F9322B2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="628885D5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="1AA6BA24" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-          <w:p w14:paraId="2A832F3F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="093FC8C1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="05B848D3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F054723" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09CE7E54" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3886FE4E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="18BCAFDC" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="12CFE64C" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C22F7A9" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="22E0B856" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="220C75C3" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4483F19A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="530E8E5C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="14D8674E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="70783510" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4CFFE451" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="4E989841" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...36 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="247E34CF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="4F15CFC0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="3670B0AE" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="2C604A45" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19B3496A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="4CC2BA84" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E142DB8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="657A29AD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="372AA6E3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="1A9DB5E1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="17E0F537" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="2F573F06" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="2C2C0CD5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41198B31" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="30F516A7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BFDB19E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="4572E540" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E93B392" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...21 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-          <w:p w14:paraId="63D1A742" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="235CB238" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="7D0A751A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="362DE171" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="153B5664" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="192E7063" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...32 lines deleted...]
-              <w:t>-мастер = 10 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="206DFC31" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="259A529E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="24D1F4E9" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E45B59" w14:paraId="629ED896" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C36C4A0" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="050E0EDD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7C21F78D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="075CE6F1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E22DCBA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="121456F0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A7A92D3" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="3157EF2F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...52 lines deleted...]
-          <w:p w14:paraId="2B5F9EE4" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="157FA82E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="0E5F5C6F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D63B8D6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B69CC5D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="55B6D88F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="07C87AB4" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="7BED37D3" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25AD627E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="02E7EF40" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07A83912" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="16D22E4A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BA20AFB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="18467DAB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="728C15CC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="634FB6C0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...62 lines deleted...]
-          <w:p w14:paraId="032D326B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0422D558" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-          <w:p w14:paraId="77F3D75C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="475F5288" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...5 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6099CFDF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2EEE02C6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="10A0B384" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E45B59" w14:paraId="161699B8" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3117F2F4" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="568387F2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7ED050E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="0F033725" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="18BBCA91" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="09672CF5" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...29 lines deleted...]
-              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7756D5D8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="5634746A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...96 lines deleted...]
-          <w:p w14:paraId="5956B003" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3562F64D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...95 lines deleted...]
-              <w:t>минус 3 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C505383" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="308FC21D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="5CDDFC09" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E45B59" w14:paraId="5430F758" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00138A27" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="7C13F0BF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08A79A51" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="2407C57A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="20D7C5FC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="592F96FC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="10D30A4B" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C02E32" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="0B3E93ED" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14B8F62E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7ABD92CE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="16C8F72A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36BEBF6E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-          <w:p w14:paraId="55B5F361" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EC2A924" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="4046A488" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDF9D2D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="7122DC81" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="499D8BAF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="61723EAB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C04853A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...164 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18A068B7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1477D4F2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="3CD9889B" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="621FA88B" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B1AD104" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="758DC3FB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5ED167EF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="5AA46C4B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="228D21BB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="70DB59AD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1B53B79C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="2A0C3949" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-          <w:p w14:paraId="75B7A9BF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31FE6DAD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...8 lines deleted...]
-          <w:p w14:paraId="21F7E891" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C25C9E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...29 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BA5524">
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C0CF31" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2367D9EA" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="597C0B64" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E45B59" w14:paraId="49BEF217" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="005A7B2E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="7391C1B9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A343129" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="39C1BF42" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F4EB422" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="58D313ED" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79615417" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="34B059D8" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="25E3EB18" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C7378C6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="33BED18F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24ED44CF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...94 lines deleted...]
-          <w:p w14:paraId="3A7A2C9F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D757CDC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...48 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0EA926" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5F43DE95" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="2D0F96DA" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E45B59" w14:paraId="065228D3" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="10729"/>
+          <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06CDED73" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="3D5A2EC7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="251AFA65" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="47C15AA4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1704AF37" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="5FBF10F4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="29C27F23" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FFA5681" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="2594375C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01D561FE" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721CF98E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, «Python </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C9EA3D7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, IELTS; TOEFL; DELF;</w:t>
-[...14 lines deleted...]
-                <w:szCs w:val="17"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goethe </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Zertifikat</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D004533" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="421C8F80" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E6B840E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-          <w:p w14:paraId="5CB9FB7D" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB5CE5A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...10 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62BA0E30" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16BF29D2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EB423B9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FCB4028" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5369111A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C1F2BB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B89B312" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA5524">
-[...18 lines deleted...]
-          <w:p w14:paraId="65F1CA04" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CA789C9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="07DFF2F8" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225DDDF8" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEFL Cambridge </w:t>
-[...499 lines deleted...]
-              <w:t>«Developing expertise in teaching chemistry»</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73DDA607" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="06192B25" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...61 lines deleted...]
-          <w:p w14:paraId="193751D5" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E98D8D3" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...60 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="18"/>
-[...20 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4B1272" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="18C2DAD7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="6970B26A" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="3A7292F7" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="2280"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A1AF15A" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="18F4DB68" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>12</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06A9E077" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="0491D377" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...93 lines deleted...]
-              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E14F5BF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="696A35EC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="452462EC" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="2AA399B1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF3DCF7" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="614BF7E9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w14:paraId="419EA7E0" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E22801" w14:paraId="71F402DE" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23797FAD" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="587CE818" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E22801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0723CA4C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="4AE0BCCE" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03146CCD" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2AB80DBE" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E22801" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7ECA8A32" w14:textId="54A3F4E0" w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidRDefault="00D77C62">
+    <w:p w14:paraId="125A14C4" w14:textId="0CB15D0A" w:rsidR="00642E67" w:rsidRPr="00E22801" w:rsidRDefault="00642E67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D77C62" w:rsidRPr="00BA5524" w:rsidSect="008E475C">
+    <w:sectPr w:rsidR="00642E67" w:rsidRPr="00E22801" w:rsidSect="00C25466">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="539" w:right="566" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...39 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...657 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...700 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00D81C5D"/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00063396"/>
+    <w:rsid w:val="000A1757"/>
+    <w:rsid w:val="000F5F64"/>
+    <w:rsid w:val="00111393"/>
+    <w:rsid w:val="001F3D7C"/>
+    <w:rsid w:val="002355F0"/>
+    <w:rsid w:val="0025038B"/>
+    <w:rsid w:val="002F097F"/>
+    <w:rsid w:val="003174BF"/>
+    <w:rsid w:val="0034157D"/>
+    <w:rsid w:val="0034755A"/>
+    <w:rsid w:val="003757F0"/>
+    <w:rsid w:val="0038269B"/>
+    <w:rsid w:val="00396CF8"/>
+    <w:rsid w:val="003C2FF8"/>
+    <w:rsid w:val="0040226F"/>
+    <w:rsid w:val="00435D3F"/>
+    <w:rsid w:val="0049107F"/>
+    <w:rsid w:val="00581B12"/>
+    <w:rsid w:val="005870A4"/>
+    <w:rsid w:val="005B43D0"/>
+    <w:rsid w:val="005C7BBD"/>
+    <w:rsid w:val="00625E1A"/>
+    <w:rsid w:val="00642E67"/>
+    <w:rsid w:val="006D1A78"/>
+    <w:rsid w:val="0072421B"/>
+    <w:rsid w:val="00746CF6"/>
+    <w:rsid w:val="00747DDB"/>
+    <w:rsid w:val="007B399D"/>
+    <w:rsid w:val="00804819"/>
+    <w:rsid w:val="00834E3A"/>
+    <w:rsid w:val="008570A0"/>
+    <w:rsid w:val="00952E9D"/>
+    <w:rsid w:val="00953B1B"/>
+    <w:rsid w:val="009654B9"/>
+    <w:rsid w:val="0098677A"/>
+    <w:rsid w:val="009A4F01"/>
+    <w:rsid w:val="009C62FA"/>
+    <w:rsid w:val="009D4999"/>
+    <w:rsid w:val="009F2939"/>
+    <w:rsid w:val="00A05967"/>
+    <w:rsid w:val="00A64229"/>
+    <w:rsid w:val="00AB138C"/>
+    <w:rsid w:val="00B270EF"/>
+    <w:rsid w:val="00B60B3A"/>
+    <w:rsid w:val="00BB2BC3"/>
+    <w:rsid w:val="00C06D6F"/>
+    <w:rsid w:val="00C25466"/>
+    <w:rsid w:val="00C81C1E"/>
+    <w:rsid w:val="00C95952"/>
+    <w:rsid w:val="00CA7828"/>
+    <w:rsid w:val="00CC30B4"/>
+    <w:rsid w:val="00CD317D"/>
+    <w:rsid w:val="00D26A08"/>
+    <w:rsid w:val="00D32528"/>
+    <w:rsid w:val="00D81C5D"/>
+    <w:rsid w:val="00E11348"/>
+    <w:rsid w:val="00E22801"/>
+    <w:rsid w:val="00E45B59"/>
+    <w:rsid w:val="00EB7737"/>
+    <w:rsid w:val="00F30E90"/>
+    <w:rsid w:val="00F77D94"/>
+    <w:rsid w:val="00F948EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1B193A42"/>
-  <w15:docId w15:val="{21C695DB-F4B4-4333-AD0D-D4A1AAB00AF5}"/>
+  <w14:docId w14:val="37D012BC"/>
+  <w15:docId w15:val="{7BE26AFE-CFD8-4F10-AA72-596E0A694D9F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10771,51 +13263,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -10997,281 +13489,217 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C95952"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00036FAE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AC5698"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C95952"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aa">
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00BA5524"/>
+    <w:rsid w:val="00E22801"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008570A0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="530844431">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="626203744">
+    <w:div w:id="530996902">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
-[...25 lines deleted...]
-    <w:div w:id="1933468713">
+    <w:div w:id="1192762560">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11305,84 +13733,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -11513,88 +13943,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>11816</Characters>
+  <Pages>7</Pages>
+  <Words>1878</Words>
+  <Characters>10705</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13861</CharactersWithSpaces>
+  <CharactersWithSpaces>12558</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Gulnar</dc:creator>
+  <dc:subject/>
+  <dc:creator>Бахытнур</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>