--- v0 (2025-12-11)
+++ v1 (2025-12-20)
@@ -1,15315 +1,10311 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="006D7D5A">
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:ind w:left="1071" w:right="1086" w:hanging="289"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная школа № 27 города Павлодара» объявляет конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителя русского языка (12 часов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:ind w:left="1071" w:right="1086" w:hanging="289"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00897F46">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="116" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="393"/>
+        <w:gridCol w:w="2272"/>
+        <w:gridCol w:w="7694"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="710"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="754"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учреждение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>«Средняя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-50"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>школа № 27 города Павлодара» отдела образования города Павлодара,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>управления</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="461"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="407"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>местонахождения,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>почтового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>140007,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Павлодарская</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>область,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Павлодар,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>улица</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-50"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Павлова,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8(7182)33-81-23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="245"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">адреса </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="001F4598">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="00897F46">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:t>sosh27@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="921"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="104" w:right="754"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="207" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель русского языка, 12 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="3912"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>основные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="104" w:right="531"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>функциональные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="270" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>способствует</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>развитию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>детских</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общественных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организаций,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-50"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объединений, помогает в программировании их деятельности на принципах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>добровольности, самодеятельности, гуманности и демократизма с учетом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инициативы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>интересов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>потребностей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="292"/>
+              </w:tabs>
+              <w:ind w:right="726" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>содействует обновлению содержания и форм деятельности детских</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организаций, объединений, организует их коллективно-творческую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность в соответствии с возрастными интересами обучающихся и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>требованиями</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жизни;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:spacing w:before="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="790" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организует</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наглядное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оформление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>школы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тематике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проводимой</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>им</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-50"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="478" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>создает в школе благоприятные условия, позволяющие обучающимся</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проявлять гражданскую и нравственную позицию, реализовывать свои</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>интересы и потребности, интересно и с пользой для их развития проводить</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-52"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>свободное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>время;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="233"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организует</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>каникулярный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отдых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:spacing w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:right="544" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>соблюдает</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>этические</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нормы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>поведения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>школе,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>быту,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общественных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-50"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>местах,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>соответствующие общественному</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>положению</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагога;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="686"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="104" w:right="496"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>условия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оплаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="226" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выплачивается</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>соответствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>со</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>стажем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:spacing w:line="226" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>): 88254,45</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:spacing w:before="4" w:line="207" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>109013,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="2074"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="104" w:right="290"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>требования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предъявляемые к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кандидату,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="104" w:right="182"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>утвержденные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Типовыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационными</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>характеристиками</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="842" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(или)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовское</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогическое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессиональное образование по соответствующему профилю или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ, подтверждающий педагогическую переподготовку, стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="278"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="93" w:firstLine="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дополнительно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эксперт"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-53"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исследователь"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-16"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мастер".</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="940"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок приема</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="001F4598">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>29.10.24 – 13.11.24</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="4368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="104" w:right="874"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>необходимых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="398"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="91" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="47"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>согласно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению  10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-50"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>настоящим</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="91" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверяющий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>личность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>либо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>из</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сервиса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цифровых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="436"/>
+              </w:tabs>
+              <w:spacing w:line="217" w:lineRule="exact"/>
+              <w:ind w:left="435" w:hanging="327"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>личный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>листок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="82"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="83"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="85"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="83"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="84"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>указанием</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="90"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фактического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жительства</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>контактных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефонов –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="378"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="92" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в соответствии с предъявляемыми к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационными</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>требованиями,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>утвержденными</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Типовыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="700"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="93" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>копию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документа,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подтверждающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>трудовую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельност</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="446"/>
+              </w:tabs>
+              <w:spacing w:line="216" w:lineRule="exact"/>
+              <w:ind w:left="445" w:hanging="337"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="94"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>состоянии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="94"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>здоровья</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="95"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="95"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форме,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="97"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>утвержденной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="93"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="91"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполняющего обязанности Министра здравоохранения РК от 30 октября 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="345"/>
+              </w:tabs>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="344" w:hanging="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>справкус</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологической</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="345"/>
+              </w:tabs>
+              <w:ind w:left="344" w:hanging="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наркологической</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00285FAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="364"/>
+                <w:tab w:val="left" w:pos="770"/>
+                <w:tab w:val="left" w:pos="1324"/>
+                <w:tab w:val="left" w:pos="3046"/>
+                <w:tab w:val="left" w:pos="3381"/>
+                <w:tab w:val="left" w:pos="4432"/>
+                <w:tab w:val="left" w:pos="6590"/>
+              </w:tabs>
+              <w:spacing w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:right="90" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(далее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-50"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>НКТ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>категории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="916"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагога-модератора,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагога-эксперта,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагога-исследователя,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мастера</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:sectPr w:rsidR="00897F46">
+                <w:type w:val="continuous"/>
+                <w:pgSz w:w="11906" w:h="16838"/>
+                <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+                <w:cols w:space="720"/>
+              </w:sectPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оценочный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лист</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="52"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вакантную</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="52"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="207" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>вакантную</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>должность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>согласно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46"/>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z333"/>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының №27 жалпы орта білім беру мектебі» КММ </w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="006D7D5A">
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z334"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Орыс тілі пән мұғалімі лауазымына конкурс жариялайды</w:t>
+        <w:t>должности (</w:t>
       </w:r>
-      <w:r w:rsidR="007C462C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (12 сағат)</w:t>
+        <w:t>нужное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подчеркнуть)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="006D7D5A">
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...4047 lines deleted...]
-    <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="006D7D5A">
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________________________________________________________</w:t>
+        <w:t>В настоящее время работаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="006D7D5A">
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> кандидаттың Т.А.Ә. (болған жағдайда), ЖСН  ___________________________________________________________________</w:t>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="006D7D5A">
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t>Образование: высшее или послевузовское</w:t>
       </w:r>
-      <w:r w:rsidRPr="006857CB">
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...298 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3951"/>
+        <w:gridCol w:w="2827"/>
+        <w:gridCol w:w="3963"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z335"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>   Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы: ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20___ «_____» ___________________                                        _____________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00897F46">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="720" w:right="240" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3794"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3857"/>
+        <w:gridCol w:w="436"/>
+        <w:gridCol w:w="2288"/>
+        <w:gridCol w:w="3988"/>
+        <w:gridCol w:w="2632"/>
+        <w:gridCol w:w="41"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D7D5A" w:rsidTr="00596653">
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcW w:w="10856" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="00596653">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии))</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="00596653">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="2288" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="00596653">
-[...93 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3262" w:type="dxa"/>
-[...543 lines deleted...]
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="5138" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="00596653">
-[...18 lines deleted...]
-              <w:t>№</w:t>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcW w:w="2867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="00596653">
-[...10 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z340"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z341"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z344"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z347"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог"</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов =3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>от 40 до 50 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z392"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z398"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z401"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методист = 1 балл </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z403"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z404"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отсутствие рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z406"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z408"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель медали </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z413"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z415"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z416"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z421"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Основы программирования в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z427"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курсы = 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897F46" w:rsidTr="00897F46">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="59" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="00596653">
-[...9753 lines deleted...]
-              <w:t xml:space="preserve"> балл – 83</w:t>
+          <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальный балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="006D7D5A">
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D7D5A" w:rsidRDefault="006D7D5A" w:rsidP="006D7D5A"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00E433C7" w:rsidSect="006857CB">
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="82"/>
+        <w:ind w:left="6684" w:right="1438" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="82"/>
+        <w:ind w:left="6684" w:right="1438" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00897F46" w:rsidRDefault="00897F46" w:rsidP="00897F46"/>
+    <w:p w:rsidR="00E7697C" w:rsidRDefault="00E7697C"/>
+    <w:sectPr w:rsidR="00E7697C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="00000005"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000005"/>
+    <w:name w:val="WWNum4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="109" w:hanging="288"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:val="-2"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="858" w:hanging="288"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1616" w:hanging="288"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2374" w:hanging="288"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3133" w:hanging="288"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3891" w:hanging="288"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4649" w:hanging="288"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5408" w:hanging="288"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6166" w:hanging="288"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="00000006"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000006"/>
+    <w:name w:val="WWNum3"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="109" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="858" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1616" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2374" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3133" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3891" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4649" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5408" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6166" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="00000007"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000007"/>
+    <w:name w:val="WWNum2"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="233" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="984" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1728" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2472" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3217" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3961" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4705" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5450" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6194" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="00000008"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000008"/>
+    <w:name w:val="WWNum1"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="109" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="858" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1616" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2374" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3133" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3891" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4649" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5408" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6166" w:hanging="125"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00250689"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E433C7"/>
+    <w:rsidRoot w:val="00D63106"/>
+    <w:rsid w:val="001F4598"/>
+    <w:rsid w:val="00897F46"/>
+    <w:rsid w:val="00D63106"/>
+    <w:rsid w:val="00E7697C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -15333,54 +10329,56 @@
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -15452,160 +10450,179 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006D7D5A"/>
+    <w:rsid w:val="00897F46"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="006D7D5A"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00897F46"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00897F46"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00897F46"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00897F46"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="144"/>
     </w:pPr>
-    <w:rPr>
-[...19 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -15677,125 +10694,157 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006D7D5A"/>
+    <w:rsid w:val="00897F46"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="006D7D5A"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00897F46"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00897F46"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00897F46"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00897F46"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="144"/>
     </w:pPr>
-    <w:rPr>
-[...19 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1596283663">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh27@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16043,55 +11092,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7724</Characters>
+  <Pages>7</Pages>
+  <Words>1470</Words>
+  <Characters>8380</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>69</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9061</CharactersWithSpaces>
+  <CharactersWithSpaces>9831</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>