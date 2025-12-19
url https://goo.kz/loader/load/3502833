--- v0 (2025-12-08)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c31113d" w14:textId="c31113d">
+    <w:p w14:paraId="a6bccf7" w14:textId="a6bccf7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,8004 +76,8124 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасындағы тiл туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасының 1997 жылғы 11 шiлдедегі N 151 Заңы.</w:t>
+        <w:t>О языках в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 11 июля 1997 года N 151.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>МАЗМҰНЫ</w:t>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Мәтiнде "тарау" деген сөздiң алдындағы "I - VI" деген цифрлар тиiсiнше "1 - 6" деген цифрлармен ауыстырылды - Қазақстан Республикасының 2004.12.20. </w:t>
+        <w:t xml:space="preserve">      Сноска. В тексте после слова "Глава" цифры "I - VI" заменить соответственно цифрами "1 - 6" - Законом РК от 20 декабря 2004 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2005 жылғы 1 қаңтардан бастап күшіне енеді) Заңымен. </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 г.). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       Осы Заң Қазақстан Республикасында тiлдердiң қолданылуының құқықтық негiздерiн, мемлекеттiң оларды оқып-үйрену мен дамыту үшiн жағдай жасау жөнiндегi мiндеттерiн белгiлейдi, Қазақстан Республикасында қолданылатын барлық тiлге бiрдей құрметпен қарауды қамтамасыз етедi. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+      Настоящий Закон устанавливает правовые основы функционирования языков в Республике Казахстан, обязанности государства в создании условий для их изучения и развития, обеспечивает одинаково уважительное отношение ко всем, без исключения, употребляемым в Республике Казахстан языкам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
-[...36 lines deleted...]
-      1) диаспора – өзiнiң тарихи шығу тегiнен тысқары елде тұрып жатқан халықтың бiр бөлiгi (этностық қауымдастық);</w:t>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В настоящем Законе используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p>
-[...33 lines deleted...]
-      2) ономастика – тiл бiлiмiнiң жалқы есiмдердi, олардың пайда болуы мен өзгеруiнiң тарихын зерттейтiн бөлiмi;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) диаспора – часть народа (этническая общность), проживающая вне страны его исторического происхождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z62" w:id="3"/>
-[...15 lines deleted...]
-      3) ономастика комиссиясы – Қазақстан Республикасының аумағындағы әкiмшiлiк-аумақтық бiрлiктерге, елді мекендердің құрамдас бөлiктерiне, әуежайларға, порттарға, теміржол вокзалдарына, теміржол стансаларына, метрополитен стансаларына, автовокзалдарға, автостансаларға, физикалық-географиялық және мемлекет меншігіндегі басқа да объектілерге атау беру және оларды қайта атау, олардың атауларының транскрипциясын нақтылау мен өзгерту және мемлекеттік заңды тұлғаларға, мемлекет қатысатын заңды тұлғаларға жеке адамдардың есімдерін беру, сондай-ақ Қазақстан Республикасының тарихи-мәдени мұрасының құрамдас бөлiгi ретiнде тарихи атауларды қалпына келтiру және сақтау бойынша бiрыңғай көзқарасты қалыптастыру жөнiндегi ұсыныстарды әзiрлейтiн консультациялық-кеңесшi орган;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) аутентичный перевод текста – перевод текста на другой язык, неизменно сохраняющий смысл и содержание оригинала;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z89" w:id="4"/>
-[...15 lines deleted...]
-      3-1) ономастика саласындағы уәкілетті орган – ономастика саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ономастика – раздел языкознания, изучающий собственные имена, историю их возникновения и преобразования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z63" w:id="5"/>
-[...15 lines deleted...]
-      4) орфография – дұрыс жазу ережесi, сөйленген сөздi (сөздер мен грамматикалық тұлғаларды) жазбаша беру тәсiлдерiнiң бiрiздiлiгiн белгiлейтiн қағидалар жүйесi;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ономастическая комиссия – консультативно-совещательный орган, вырабатывающий предложения по формированию единых подходов по наименованию и переименованию административно-территориальных единиц, составных частей населенных пунктов, аэропортов, портов, железнодорожных вокзалов, железнодорожных станций, станций метрополитена, автовокзалов, автостанций, физико-географических и других объектов государственной собственности на территории Республики Казахстан, уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства, а также восстановлению и сохранению исторических названий как составной части историко-культурного наследия Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z64" w:id="6"/>
-[...15 lines deleted...]
-      5) Республикалық терминология комиссиясы – уәкілетті органның жанындағы, экономиканың, ғылымның, техниканың және мәдениеттiң барлық салалары бойынша қазақ тiлiнiң терминологиялық лексикасы саласындағы ұсыныстарды әзiрлейтiн консультативтік-кеңесшi орган;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) уполномоченный орган в области ономастики – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области ономастики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z65" w:id="7"/>
-[...15 lines deleted...]
-      6) топонимика – ономастиканың географиялық объектiлердiң атауларын, олардың пайда болуының, өзгеруінің және қолданылуының заңдылықтарын зерттейтiн бөлiмi;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) орфография – правописание, система правил, определяющих единообразие способов передачи речи (слов и грамматических форм) на письме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z69" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Республиканская терминологическая комиссия – консультативно-совещательный орган при уполномоченном органе, вырабатывающий предложения в области терминологической лексики казахского языка по всем отраслям экономики, науки, техники и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z67" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) топонимика – раздел ономастики, изучающий названия географических объектов, закономерности их возникновения, изменения и функционирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">7) алып тасталды - ҚР 29.12.2021 </w:t>
+        <w:t xml:space="preserve">7) Исключен Законом РК от 29.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z71" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) уполномоченный орган в сфере развития языков – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере развития языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-бап жаңа редакцияда - ҚР 21.01.2013 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 1 в редакции Закона РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); өзгеріс енгізілді – ҚР 30.04.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); с изменениями, внесенными законами РК от 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 75-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
-[...19 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>Статья 2. Предмет регулирования настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Предметом регулирования настоящего Закона являются общественные отношения, возникающие в связи с употреблением языков в деятельности государственных, негосударственных организаций и органов местного самоуправления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Настоящий Закон не регламентирует употребление языков в межличностных отношениях и в религиозных объединениях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2-бап. Осы Заңның реттейтiн мәселесi </w:t>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Статья 3. Законодательство Республики Казахстан о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттiк, мемлекеттiк емес ұйымдар мен жергiлiктi өзiн-өзi басқару органдарының қызметiнде тiлдердi қолдануға байланысты туындайтын қоғамдық қатынастар осы Заң реттейтiн мәселе болып табылады. </w:t>
-[...1 lines deleted...]
-    </w:p>
+      Сноска. Заголовок с изменением, внесенным Законом РК от 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы Заң жеке адамдар арасындағы қатынастарда және дiни бiрлестiктерде тiлдердiң қолданылуын реттемейдi. </w:t>
+      Законодательство Республики Казахстан о языках в Республике Казахстан основывается на Конституции Республики Казахстан, состоит из настоящего Закона, иных нормативных правовых актов Республики Казахстан, касающихся употребления и развития языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Законодательство Республики Казахстан о языках распространяется на граждан Республики Казахстан, на иностранцев и лиц без гражданства, постоянно проживающих в Республике Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 3 с изменениями, внесенными Законом РК от 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3-бап. Қазақстан Республикасының тiл туралы заңнамасы </w:t>
-[...13 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t>Статья 4. Государственный язык Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственным языком Республики Казахстан является казахский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-баптың тақырыбы жаңа редакцияда - ҚР 29.12.2021 </w:t>
+      Государственный язык - язык государственного управления, законодательства, судопроизводства и делопроизводства, действующий во всех сферах общественных отношений на всей территории государства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Долгом каждого гражданина Республики Казахстан является овладение государственным языком, являющимся важнейшим фактором консолидации народа Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Правительство, иные государственные, местные представительные и исполнительные органы обязаны: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      всемерно развивать государственный язык в Республике Казахстан, укреплять его международный авторитет; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создавать все необходимые организационные, материально-технические условия для свободного и бесплатного овладения государственным языком всеми гражданами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      оказывать помощь казахской диаспоре в сохранении и развитии родного языка. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Употребление русского языка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В государственных организациях и органах местного самоуправления наравне с казахским официально употребляется русский язык. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Забота государства о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Каждый гражданин Республики Казахстан имеет право на пользование родным языком, на свободный выбор языка общения, воспитания, обучения и творчества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государство заботится о создании условий для изучения и развития языков народа Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В местах компактного проживания национальных групп при проведении мероприятий могут быть использованы их языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Недопустимость препятствования функционированию языков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В Республике Казахстан не допускается ущемление прав граждан по языковому признаку. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Действия должностных лиц, препятствующих функционированию и изучению государственного и других языков, представленных в Казахстане, влекут за собой ответственность в соответствии с законами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменением, внесенным Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (со дня официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 2. ЯЗЫК В ГОСУДАРСТВЕННЫХ И НЕГОСУДАРСТВЕННЫХ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ОРГАНИЗАЦИЯХ И ОРГАНАХ МЕСТНОГО САМОУПРАВЛЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Употребление языков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Языком работы и делопроизводства государственных органов, организаций и органов местного самоуправления Республики Казахстан является государственный язык, наравне с казахским официально употребляется русский язык. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В работе негосударственных организаций используются государственный и, при необходимости, другие языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Язык актов государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Акты государственных органов разрабатываются и принимаются на государственном языке, при необходимости, их разработка может вестись на русском языке с обеспечением, по возможности, перевода на другие языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Язык ведения документации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ведение учетно-статистической, финансовой и технической документации в системе государственных органов, организациях Республики Казахстан, независимо от форм собственности, обеспечивается на государственном и на русском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 05.06.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Язык ответов на обращения граждан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ответы государственных и негосударственных организаций на обращения граждан и другие документы даются на государственном языке или на языке обращения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Язык в Вооруженных Силах и правоохранительных органах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В Вооруженных Силах Республики Казахстан, а также во всех видах воинских и военизированных формирований, в организациях государственного контроля и надзора, правовой защиты граждан и в правоохранительных органах обеспечивается функционирование государственного и русского языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Язык судопроизводства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Судопроизводство в Республике Казахстан ведется на государственном языке, а, при необходимости, в судопроизводстве наравне с государственным употребляется русский язык или другие языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Язык производства по делам об административных правонарушениях</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Производство по делам об административных правонарушениях ведется на государственном языке, а при необходимости, и на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Язык сделок</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Все сделки физических и юридических лиц в Республике Казахстан, совершаемые в письменной форме, излагаются на государственном и русском языках с приложением в необходимых случаях перевода на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сделки с иностранными физическими и юридическими лицами, совершаемые в письменной форме, излагаются на государственном и на приемлемом для сторон языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 05.06.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Язык в области образования, науки, культуры и масс-медиа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 3 - в редакции Закона РК от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Язык в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В Республике Казахстан обеспечивается создание детских дошкольных организаций, функционирующих на государственном языке, а в местах компактного проживания национальных групп - и на их языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Язык обучения, воспитания в детских домах и приравненных к ним организациях определяется местными исполнительными органами с учетом национального состава их контингента. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Республика Казахстан обеспечивает получение начального, основного среднего, общего среднего, технического и профессионального, послесреднего, высшего и послевузовского образования на государственном, русском, а при необходимости и возможности, и на других языках. В организациях образования государственный язык и русский язык являются обязательными учебными предметами и входят в перечень дисциплин, включаемых в документ об образовании. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок и статья с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Язык в области науки и культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В Республике Казахстан в области науки, включая оформление и защиту диссертаций, обеспечивается функционирование государственного и русского языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Культурные мероприятия проводятся на государственном и, при необходимости, на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок и статья с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Язык масс-медиа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 18 - в редакции Закона РК от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Республика Казахстан обеспечивает функционирование государственного, других языков в масс-медиа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях создания необходимой языковой среды и полноценного функционирования государственного языка объем теле-, радиопрограмм по теле-, радиоканалам, независимо от форм их собственности, на государственном языке по времени не должен быть менее суммарного объема теле-, радиопрограмм на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными законами РК от 18.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 546-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ЯЗЫК В НАИМЕНОВАНИЯХ НАСЕЛЕННЫХ ПУНКТОВ,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ИМЕНАХ СОБСТВЕННЫХ, ВИЗУАЛЬНОЙ ИНФОРМАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Порядок использования топонимических названий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок с изменением, внесенным Законом РК от 29.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының тiл туралы заңнамасы Қазақстан Республикасының Конституциясына негiзделедi, осы Заңнан, тiлдердi қолдануға және дамытуға қатысты Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерiнен тұрады. </w:t>
-[...1 lines deleted...]
-    </w:p>
+      Традиционные, исторически сложившиеся казахские названия административно-территориальных единиц, составных частей населенных пунктов, а также других физико-географических объектов излагаются на государственном языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными законами РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Написание личных имен, отчеств и фамилий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының тiл туралы заңнамасы Қазақстан Республикасының азаматтарына, Қазақстан Республикасында тұрақты тұратын шетелдiктерге және азаматтығы жоқ адамдарға қолданылады. </w:t>
+      Написание личных имен, отчеств, фамилий в официальных документах должно соответствовать законодательству и нормативным правовым актам Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Язык реквизитов и визуальной информации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексты реквизитов и визуальной информации излагаются с соблюдением норм орфографии и аутентичного перевода текста.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тексты печатей и штампов государственных органов содержат их названия на государственном языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тексты печатей, штампов организаций, независимо от форм собственности, составляются на государственном и русском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бланки государственных организаций излагаются на государственном и русском языках, при необходимости также на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z94" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бланки негосударственных организаций излагаются на государственном языке, при необходимости также на русском и (или) других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z95" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вывески государственных организаций размещаются на государственном и русском языках, при необходимости также на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z96" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вывески негосударственных организаций размещаются на государственном языке, при необходимости также на русском и (или) других языках. Товарные знаки, охраняемые в Республике Казахстан, используемые в вывесках негосударственных организаций, излагаются в неизменном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Надписи на дорожных знаках излагаются на государственном языке, если иное не предусмотрено международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Объявления, реклама, прейскуранты, ценники, меню, указатели и другая визуальная информация размещаются на государственном языке, при необходимости также на русском и (или) других языках, если иное не предусмотрено законодательными актами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Товарные ярлыки (этикетки) со специальными сведениями, маркировки, инструкции к товарам, производимым в Казахстане, должны содержать необходимую информацию на государственном и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Товарные ярлыки (этикетки) со специальными сведениями, маркировки, инструкции к товарам зарубежного производства обеспечиваются переводом на государственный и русский языки за счет средств импортирующих организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Все тексты реквизитов и визуальной информации располагаются в следующем порядке: слева или сверху - на государственном, справа или снизу - на русском языках, пишутся одинаковыми по размеру буквами. По мере необходимости тексты реквизитов и визуальной информации могут быть приведены дополнительно и на других языках. При этом размеры шрифта не должны превышать установленных нормативными правовыми актами требований. Устная информация, объявления, реклама даются на государственном, русском и, при необходимости, на других языках.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгеріс енгізілді - ҚР 29.12.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными Законом РК от 29.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4-бап. Қазақстан Республикасының мемлекеттiк тiлi </w:t>
-[...2589 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="13"/>
+        <w:t>Статья 22. Язык в области связи и информатизации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
+        <w:t>В области связи в пределах Республики Казахстан обеспечивается функционирование государственного и русского языков. Почтово-телеграфные отправления за пределы Республики Казахстан производятся согласно установленным международным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z98" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Собственники объектов информатизации обязаны создавать и выпускать в обращение на территории Республики Казахстан объекты информатизации государственных органов и квазигосударственного сектора, предназначенные для формирования государственных электронных информационных ресурсов, выполнения государственных функций и оказания государственных услуг, на государственном, русском языках и при необходимости на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 - в редакции Закона РК от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ПРАВОВАЯ ЗАЩИТА ЯЗЫКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Государственная защита языков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственный и все другие языки в Республике Казахстан находятся под защитой государства. Государственные органы создают необходимые условия для функционирования и развития этих языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Развитие языков обеспечивается документами Системы государственного планирования Республики Казахстан, предусматривающими приоритетность государственного языка и поэтапный переход делопроизводства на казахский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень профессий, специальностей и должностей, для которых необходимо знание государственного языка в определенном объеме и в соответствии с квалификационными требованиями, устанавливается законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 21.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...18 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Ответственность за нарушение законодательства Республики Казахстан о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первые руководители государственных органов либо руководители аппаратов, а также физические и юридические лица, виновные в нарушении законодательства Республики Казахстан о языках, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отказ должностного лица в принятии обращений физических и юридических лиц, мотивированный незнанием государственного языка, любое препятствование употреблению государственного и других языков в сфере их функционирования, а также нарушение требований по размещению реквизитов и визуальной информации влекут ответственность, предусмотренную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 24 в редакции Закона РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); с изменениями, внесенными Законом РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 393-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24-1. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) орталық мемлекеттік органдарда және олардың ведомстволарында, облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарында Қазақстан Республикасының тіл туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асырады; </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+      Сноска. Статья 24-1 исключена Законом РК от 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24-2. Компетенция уполномоченного органа в области ономастики</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области ономастики:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает деятельность республиканской ономастической комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z82" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) координирует деятельность ономастических комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z84" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) разрабатывает и утверждает типовое положение об областных ономастических комиссиях и ономастических комиссиях городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z83" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">4) алып тасталды – ҚР 06.04.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 24-2 в соответствии с Законом РК от 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Компетенция уполномоченного органа в сфере развития языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 25 в редакции Закона РК от 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в сфере развития языков:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает реализацию единой государственной политики в сфере развития языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о языках в центральных государственных органах и их ведомствах, местных исполнительных органах областей, городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) исключен Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
-[...19 lines deleted...]
-        <w:t>) Заңымен;</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="15"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организует информационное, методическое обеспечение деятельности по реализации единой государственной политики в сфере развития языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) обеспечивает деятельность республиканской терминологической комиссии;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">6) алып тасталды – ҚР 30.04.2021 </w:t>
+        <w:t xml:space="preserve">      6) исключен Законом РК от 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">алып тасталды - ҚР 29.12.2014 </w:t>
+      7) исключен Законом РК от 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгерістер енгізілді - ҚР 20.12.2004 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 25 в редакции Закона РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді); 06.01.2011 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 378-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.07.2011 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (13.10.2011 бастап қолданысқа енгізіледі); 10.07.2012 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.01.2013 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 21.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); 03.07.2013 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 30.04.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
-[...19 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>25-1-бап. Ономастика комиссиялары</w:t>
+        <w:t>Статья 25-1. Ономастические комиссии</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 25-1-баптың тақырыбы жаңа редакцияда – ҚР 24.11.2021 </w:t>
+      Сноска. Заголовок – в редакции Закона РК от 24.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 75-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...267 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При уполномоченном органе образуется Республиканская ономастическая комиссия, при местных исполнительных органах областей, городов республиканского значения, столицы образуются соответственно ономастические комиссии областей, городов республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z85" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. К компетенции Республиканской ономастической комиссии относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z86" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разработка рекомендаций и предложений по вопросам ономастики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z87" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выдача заключений по наименованию, переименованию областей, районов и городов, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z88" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выдача заключений по присвоению наименования аэропортам, портам, железнодорожным вокзалам, железнодорожным станциям, станциям метрополитена, автовокзалам, автостанциям, физико-географическим и другим объектам государственной собственности на территории Республики Казахстан, а также переименованию, уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z89" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выдача заключений по наименованию, переименованию районов в городе, составных частей городов областного значения, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z90" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) согласование заключений ономастических комиссий городов республиканского значения, столицы по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z193" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) согласование заключений областных ономастических комиссий по наименованию, переименованию сел, поселков, сельских округов, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z194" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) согласование заключений областных ономастических комиссий по наименованию, переименованию составных частей городов районного значения, а также уточнению и изменению транскрипции их наименований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К компетенции областных ономастических комиссий относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выдача заключений по наименованию, переименованию сел, поселков, сельских округов, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выдача заключений по наименованию, переименованию составных частей городов районного значения, поселка, села, сельского округа, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К компетенции ономастических комиссий городов республиканского значения, столицы относится выдача заключений по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Местными представительными и исполнительными органами решение по наименованию, переименованию, а также уточнению и изменению транскрипции наименований административно-территориальных единиц, составных частей населенных пунктов принимается только при наличии положительного заключения соответствующих ономастических комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-1-баппен толықтырылды - ҚР 20.12.2004 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 25-1 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді); өзгеріс енгізілді - ҚР 24.11.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); в редакции Закона РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); с изменениями, внесенными законами РК от 24.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 75-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>25-2-бап. Облыстың, республикалық маңызы бар қаланың, астананың жергiлiктi атқарушы органының құзыретi</w:t>
+        <w:t>Статья 25-2. Компетенция местного исполнительного органа области, города республиканского значения, столицы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырыпқа өзгеріс енгізілді - ҚР 2013.01.21 </w:t>
+      Сноска. Заголовок статьи 25-2 с изменением, внесенным Законом РК от 21.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Облыстың, республикалық маңызы бар қаланың, астананың жергiлiктi атқарушы органы: </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="26"/>
+      Местный исполнительный орган области, города республиканского значения, столицы: </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
+      1) исключен Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о языках территориальными подразделениями центральных государственных органов и их ведомств, местными исполнительными органами области, города республиканского значения, столицы, района, города областного значения и аппаратами акима района в городе, аппаратами акима села, поселка, сельского округа;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...16 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      2-1) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">3) алып тасталды – ҚР 06.04.2024 </w:t>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
-[...19 lines deleted...]
-        <w:t>) Заңымен;</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">алып тасталды - ҚР 29.10.2015 </w:t>
+      3-1) исключен Законом РК от 29.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 376-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="29"/>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) мемлекеттiк тiлдi және басқа тiлдердi дамытуға бағытталған облыстық маңызы бар шаралар кешенiн жүзеге асырады; </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+      4) осуществляет комплекс мер областного значения, направленных на развитие государственного и других языков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечивает деятельность областной ономастической комиссии, ономастических комиссий города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-2-баппен толықтырылды - ҚР 20.12.2004 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 25-2 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді); өзгерістер енгізілді - ҚР 05.07.2011 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (13.10.2011 бастап қолданысқа енгізіледі); 21.01.2013 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 21.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); 03.07.2013 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.10.2015 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 376-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 24.05.2018 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
-[...19 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">25-3-бап. Ауданның (облыстық маңызы бар қаланың) жергiлiктi атқарушы органының құзыретi </w:t>
+        <w:t>Статья 25-3. Компетенция местного исполнительного органа района (города областного значения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местный исполнительный орган района (города областного значения):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ауданның (облыстық маңызы бар қаланың) жергiлiктi атқарушы органы: </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="32"/>
+      1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
+      2) проводит мероприятия районного (города областного значения) уровня, направленные на развитие государственного и других языков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вносит предложения в исполнительные органы областей о наименовании и переименовании сел, поселков, сельских округов, а также изменении их транскрипции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 25-3 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 21.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...18 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25-4. Государственный контроль за соблюдением законодательства Республики Казахстан о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) мемлекеттiк тiлдi және басқа тiлдердi дамытуға бағытталған аудандық (облыстық маңызы бар қала) деңгейдегi iс-шараларды жүргiзедi; </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      Сноска. Закон дополнен статьей 25-4 в соответствии с Законом РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); исключена Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25-5. Критерии ономастической работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Критериями ономастической работы по наименованию и переименованию административно-территориальных единиц, составных частей населенных пунктов, аэропортов, портов, железнодорожных вокзалов, железнодорожных станций, станций метрополитена, автовокзалов, автостанций, физико-географических и других объектов государственной собственности на территории Республики Казахстан, а также уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) учет исторических, географических, природных и культурных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соответствие нормам литературного языка и орфографии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) однократное присвоение одного наименования населенным пунктам, составным частям населенных пунктов в пределах одной административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) переименование, изменение присвоенного собственного имени лица не ранее десяти лет со дня наименования, присвоения (изменения) имени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) присвоение собственных имен выдающихся государственных и общественных деятелей, деятелей науки, культуры и других лиц, имеющих заслуги перед Республикой Казахстан и мировым сообществом, не ранее пяти лет со дня их смерти, за исключением случаев присвоения имен личностей, проявивших героизм и отвагу, внесших особо значимый вклад в укрепление независимости государства.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-3-баппен толықтырылды - ҚР 20.12.2004 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 25-5 в соответствии с Законом РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); с изменениями, внесенными законами РК от 05.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 289-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25-6. Порядок проведения государственного контроля в сфере развития языков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль в форме проверок проводят уполномоченный орган в сфере развития языков и местный исполнительный орган области, города республиканского значения и столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z101" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Субъектами государственного контроля в сфере развития языков являются государственные органы, указанные в подпункте 3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и подпункте 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 25-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона (далее – проверяемые субъекты). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z102" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Проверка в отношении Национального Банка Республики Казахстан осуществляется при соблюдении требований, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О Национальном Банке Республики Казахстан".  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z103" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Проверки делятся на периодические и внеплановые. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z104" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Проверки проводятся с посещением проверяемого субъекта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z105" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основанием для включения проверяемого субъекта в полугодовой план проведения периодической проверки является критерий, утвержденный уполномоченным органом в сфере развития языков, а также следующие источники информации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z106" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) результаты предыдущих проверок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z107" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) результаты мониторинга отчетности и сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z108" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) результаты анализа интернет-ресурсов государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z109" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодические проверки проводятся не чаще одного раза в год в соответствии с полугодовым планом проведения периодических проверок, утвержденным первым руководителем уполномоченного органа в сфере развития языков и акимом области, города республиканского значения и столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z110" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полугодовой план проведения периодических проверок утверждается не позднее 1 декабря года, предшествующего году проведения периодической проверки, и не позднее 1 июня текущего календарного года и размещается на интернет-ресурсах в срок до 20 декабря года, предшествующего году проведения периодической проверки, и до 20 июня текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z111" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полугодовой план проведения периодической проверки включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z112" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и дату утверждения плана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z113" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z114" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование проверяемого субъекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z115" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) место нахождения проверяемого субъекта (объекта);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z116" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сроки проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z117" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) подпись лица, уполномоченного подписывать план.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z118" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внесение изменений и дополнений в полугодовой план проведения периодических проверок осуществляется в случаях ликвидации, реорганизации субъекта контроля, изменения его наименования или перераспределения полномочий между субъектами контроля, а также в случае возникновения чрезвычайной ситуации природного и техногенного характера, введения режима чрезвычайного положения в случаях возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий и связанных с ними ограничений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z119" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наступлении случаев, указанных в части пятой настоящего пункта, периодическая проверка может быть продлена либо приостановлена.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z120" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Внеплановая проверка проводится:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z121" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при наличии подтвержденных обращений, поступивших от физических и юридических лиц, о нарушении требований законодательства Республики Казахстан о языках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z122" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в целях проведения контроля исполнения требований об устранении выявленных нарушений, указанных в акте о результатах проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z123" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по поручению прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z124" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внеплановые проверки не проводятся в случаях анонимных обращений. Внеплановой проверке подлежат факты и обстоятельства, выявленные в отношении проверяемых субъектов и послужившие основанием для назначения внеплановой проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z125" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Должностное лицо уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения и столицы при проведении проверки имеет право: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z126" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) беспрепятственного доступа на территорию и в помещения проверяемого субъекта (объекта) в соответствии с предметом проверки при предъявлении документов, указанных в пункте 8 настоящей статьи; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z127" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z128" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять аудио-, фото- и видеосъемку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z129" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) привлекать специалистов, консультантов и экспертов государственных органов и подведомственных организаций и иных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z130" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Проверяемые субъекты либо их уполномоченные представители при проведении проверки вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z131" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать к проверке должностное лицо уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения и столицы, прибывшее для проведения проверки, в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z132" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      превышения либо истечения указанных в акте о назначении проверки (дополнительном акте о продлении срока при его наличии) сроков, не соответствующих срокам, установленным настоящей статьей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z133" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствия документов, предусмотренных пунктом 8 настоящей статьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z134" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z135" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Проверяемые субъекты либо их уполномоченные представители при проведении проверки обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z136" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить беспрепятственный доступ должностного лица уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы на территорию и в помещения проверяемого субъекта (объекта);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z137" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять должностному лицу уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z138" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сделать отметку о получении акта о назначении проверки, о результатах проверки в день окончания проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z139" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Проверка проводится на основании акта о назначении проверки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z140" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В акте о назначении проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z141" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) дата и номер акта; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z142" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z143" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилии, имена, отчества (если они указаны в документах, удостоверяющих личность) и должности лиц, уполномоченных на проведение проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z144" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z145" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование проверяемого субъекта, его место нахождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z146" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предмет проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z147" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) вид проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z148" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) срок проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z149" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) основания проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z150" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проверяемый период;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z151" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись руководителя проверяемого субъекта либо его уполномоченного лица о получении или об отказе от получения акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z152" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись лица, уполномоченного подписывать акт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z153" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении проверки уполномоченный орган в сфере развития языков и местный исполнительный орган области, города республиканского значения, столицы обязаны известить проверяемого субъекта о начале проведения проверки не менее чем за сутки до ее начала с указанием предмета проведения проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z154" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Началом проведения проверки считается дата вручения проверяемому субъекту акта о назначении проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z155" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Должностные лица уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы, прибывшие на проверку, обязаны предъявить проверяемому субъекту:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z156" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт о назначении проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z157" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) служебное удостоверение (идентификационную карту);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z158" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при необходимости – разрешение компетентного органа на посещение режимных объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z159" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Срок проведения проверки устанавливается с учетом предмета проверки, а также объема предстоящих работ и не должен превышать десять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z160" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок проведения проверки может быть продлен только один раз не более чем на пятнадцать рабочих дней. Продление осуществляется решением руководства уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z161" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление сроков проведения проверки оформляется дополнительным актом о продлении сроков проверки с уведомлением проверяемого субъекта, в котором указываются дата и номер предыдущего акта о назначении проверки и причины продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z162" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о продлении сроков проверки вручается проверяемому субъекту за один рабочий день до продления с уведомлением о вручении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z163" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По результатам проверки должностными лицами, осуществляющими проверку, составляется акт о результатах проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z164" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр акта о результатах проверки в электронной форме направляется в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр на бумажном носителе под роспись или в электронной форме вручается проверяемому субъекту (руководителю либо его уполномоченному лицу) для ознакомления и принятия мер по устранению выявленных нарушений и других действий, третий экземпляр остается у уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z165" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В акте о результатах проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z166" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата, время и место составления акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z167" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z168" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) номер и дата акта о назначении проверки (дополнительного акта о продлении срока при его наличии), на основании которого проведена проверка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z169" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица, проводившего проверку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z170" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z171" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование проверяемого субъекта, его место нахождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z172" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) срок и период проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z173" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) вид и предмет проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z174" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) сведения о результатах проверки, в том числе о выявленных нарушениях и их характере; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z175" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) рекомендации об устранении выявленных нарушений требований законодательства Республики Казахстан о языках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z176" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сведения об ознакомлении или отказе в ознакомлении с актом, а также о лицах, присутствовавших при проведении проверки, их подписи или запись об отказе от подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z177" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись должностного лица, проводившего проверку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z178" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К акту о результатах проверки прилагаются при их наличии документы, связанные с результатами проверки, и их копии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z179" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае наличия замечаний и (или) возражений по результатам проверки проверяемый субъект излагает их в письменном виде в течение трех рабочих дней со дня получения акта о результатах проверки. Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z180" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы должен рассмотреть замечания и (или) возражения проверяемого субъекта о результатах проверки и в течение пятнадцати рабочих дней дать мотивированный ответ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z181" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отказа в принятии акта о результатах проверки составляется акт, который подписывается должностным лицом, осуществляющим проверку, и руководителем проверяемого субъекта либо его уполномоченным представителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z182" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверяемый субъект вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z183" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Завершением срока проведения проверки считается день вручения проверяемому субъекту акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки (дополнительном акте о продлении срока при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z184" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Сроки исполнения акта о результатах проверки определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не более тридцати календарных дней со дня вручения акта о результатах проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z185" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При определении сроков исполнения акта о результатах проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z186" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие у проверяемого субъекта организационных, технических возможностей по устранению нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z187" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сроки получения в государственных органах обязательных заключений, согласований и других документов, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z188" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. По истечении срока устранения нарушений, установленного в акте о результатах проверки, проверяемый субъект в течение срока, установленного в акте о результатах проверки, обязан предоставить информацию об устранении выявленных нарушений в уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z189" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредоставления или неполного предоставления информации об устранении выявленных нарушений уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы назначает внеплановую проверку в соответствии с подпунктом 2) пункта 3 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z190" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К предоставленной информации об устранении выявленных нарушений проверяемый субъект прилагает материалы, доказывающие факт устранения нарушения (если указано в акте о результатах проверки о предоставлении материала). В этом случае проведение внеплановой проверки не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z191" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В случае нарушения прав и законных интересов проверяемого субъекта при осуществлении проверки проверяемый субъект вправе обжаловать решения, действия (бездействие) должностных лиц уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы вышестоящему должностному лицу либо в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z192" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Если в результате проведения проверки будет выявлен факт нарушения проверяемым субъектом требований, установленных законодательством Республики Казахстан о языках, при наличии достаточных данных, указывающих на признаки состава административного правонарушения, должностные лица уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы в пределах полномочий принимают меры по привлечению лиц, допустивших нарушения, к ответственности, установленной законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Главу 5 предусмотрено дополнить статьей 25-6 в соответствии с Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 26. Обеспечение исполнения настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 26 исключена Законом РК от 20.12.2004 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (01.01.2005 бастап күшіне енеді); өзгерістер енгізілді - ҚР 05.07.2011 </w:t>
-[...63 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. ИСПОЛЬЗОВАНИЕ ЯЗЫКОВ В ОТНОШЕНИЯХ С ЗАРУБЕЖНЫМИ СТРАНАМИ И МЕЖДУНАРОДНЫМИ ОРГАНИЗАЦИЯМИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Язык в международной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Деятельность дипломатических представительств Республики Казахстан и представительств Республики Казахстан при международных организациях осуществляется на государственном языке с использованием, при необходимости, других языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Двусторонние международные договоры Республики Казахстан с иностранными государствами заключаются на государственном языке Республики Казахстан и иных языках по согласию сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Двусторонние международные договоры Республики Казахстан с международными организациями и многосторонние международные договоры Республики Казахстан заключаются на языках, определенных по согласию участвующих в переговорах сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Официальные приемы и другие мероприятия с представителями других государств в Республике Казахстан проводятся на государственном языке с переводом на другие языки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...2387 lines deleted...]
-          <w:color w:val="ff0000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 27 с изменениями, внесенными Законом РК от 30.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының</w:t>
+</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президентi</w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Президент</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...16 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>