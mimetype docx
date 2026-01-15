--- v0 (2025-12-06)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0812326" w14:textId="0812326">
+    <w:p w14:paraId="ed65aa9" w14:textId="ed65aa9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,1600 +76,1371 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім берудің мемлекеттік жалпыға міндетті стандарттарын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 3 тамыздағы № 348 бұйрығына өзгерістер енгізу туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 23 қыркүйектегі № 406 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 27 қыркүйекте № 29836 болып тіркелді</w:t>
+        <w:t>О внесении изменений в приказ Министра просвещения Республики Казахстан от 3 августа 2022 года № 348 "Об утверждении государственных общеобязательных стандартов дошкольного воспитания и обучения, начального, основного среднего и общего среднего, технического и профессионального, послесреднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра просвещения Республики Казахстан от 23 сентября 2022 года № 406. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 сентября 2022 года № 29836</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...18 lines deleted...]
-      </w:r>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
+        <w:t xml:space="preserve">      Порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4 т</w:t>
+        <w:t>п. 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>. қараңыз</w:t>
-[...18 lines deleted...]
-      БҰЙЫРАМЫН:</w:t>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1 "Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім берудің мемлекеттік жалпыға міндетті стандарттарын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 3 тамыздағы № 348 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра просвещения Республики Казахстан от 3 августа 2022 года № 348 "Об утверждении государственных общеобязательных стандартов дошкольного воспитания и обучения, начального, основного среднего и общего среднего, технического и профессионального, послесреднего образования" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 29031) следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-тармақ</w:t>
-[...29 lines deleted...]
-    </w:p>
+        <w:t>пункт 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа вносятся изменения на казахском языке, текст на русском языке не меняется; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "5. Осы бұйрық 2024 жылғы 1 қыркүйектен бастап қолданысқа енгізілетін Негізгі орта білім берудің мемлекеттік жалпыға міндетті стандартына сәйкес </w:t>
-[...137 lines deleted...]
-    </w:p>
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобязательном стандарте начального образования, утвержденном указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>30-тармақ</w:t>
-[...122 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+        <w:t>пункт 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "30. Деление класса на две группы осуществляется в городских общеобразовательных организациях образования при наполнении классов в 24 и более обучающихся, в сельских – в 20 и более обучающихся по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) казахскому языку в классах с неказахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иностранному языку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) цифровой грамотности (кроме 1 класса).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деление класса на две группы допускается в городских общеобразовательных организациях образования при наполнении классов в 24 и более обучающихся, в сельских – в 20 и более обучающихся по русскому языку в классах с нерусским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения карантина, чрезвычайных ситуаций социального, природного и техногенного характера деление класса на группы производится по всем учебным предметам с наполнением в одном классе до 15 обучающихся.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Негізгі орта білім берудің мемлекеттік жалпыға міндетті </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобязательном стандарте основного среднего образования, утвержденном указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>40-тармақ</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
+        <w:t>пункт 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "40. Максимальный объем недельной учебной нагрузки обучающихся на уровне основного среднего образования составляет не более: в 5 классе – 30,5 часа, в 6 классе – 30,5 часа, в 7 классе – 33,5 часа, в 8 классе – 34,5 часа, 9 класс –36 часов.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>43</w:t>
-[...305 lines deleted...]
-    </w:p>
+        <w:t>пункты 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "43. Деление класса на две группы осуществляется в городских общеобразовательных организациях образования при наполнении классов в 24 и более обучающихся, в сельских – в 20 и более обучающихся по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) казахскому языку и литературе – в классах с неказахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иностранному языку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) художественному труду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информатике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деление класса на две группы допускается в городских общеобразовательных организациях образования при наполнении классов в 24 и более обучающихся, в сельских – в 20 и более обучающихся по русскому языку и литературе – в классах с нерусским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В организациях образования допускается деление класса на две группы по художественному труду независимо от наполняемости класса на мальчиков и девочек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Деление класса на две группы в организациях образования осуществляется в городских общеобразовательных организациях образования при наполнении классов в 24 и более обучающихся, в сельских – в 20 и более обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) казахскому языку и литературе – в классах с неказахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иностранному языку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) технологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информатике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деление класса на две группы допускается в городских общеобразовательных организациях образования при наполнении классов в 24 и более обучающихся, в сельских – в 20 и более обучающихся по русскому языку и литературе – в классах с нерусским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В организациях образования допускается деление класса на две группы по художественному труду независимо от наполняемости класса на мальчиков и девочек.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Жалпы орта білім берудің мемлекеттік жалпыға міндетті </w:t>
-[...21 lines deleted...]
-    </w:p>
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобязательном стандарте общего среднего образования, утвержденном указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>30 тармақ</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+        <w:t>пункт 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "30. Максимальный объем недельной учебной нагрузки обучающихся на уровне общего среднего образования составляет в каждом классе не более 36 часов в неделю.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>33</w:t>
-[...359 lines deleted...]
-    </w:p>
+        <w:t>пункты 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "33. Деление класса на две группы в организациях образования осуществляется в городских общеобразовательных организациях образования при наполнении классов в 24 и более обучающихся, в сельских – в 20 и более обучающихся по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) казахскому языку и литературе – в классах с неказахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иностранному языку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) информатике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деление класса на две группы допустимо в организациях образования в городских общеобразовательных организациях образования при наполнении классов в 24 и более обучающихся, в сельских – в 20 и более обучающихся по русскому языку и литературе – в классах с нерусским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Деление класса на группы допускается в городских, сельских организациях образования, в малокомплектных школах независимо от количества обучающихся при проведении уроков по предметам инвариантного компонента кроме предметов, указанных в пункте 33.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету дошкольного и среднего образования Министерства просвещения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства просвещения Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридической департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра просвещения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 1 сентября 2022 года, за исключением пункта 44 Государственного общеобязательного стандарта основного среднего образования, который вводится в действие с 1 сентября 2024 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1685,75 +1456,92 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр просвещения</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оқу-ағарту министрі </w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1761,51 +1549,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>А. Аймағамбетов</w:t>
+              <w:t>А. Аймагамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -1814,51 +1602,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>