--- v0 (2025-12-05)
+++ v1 (2025-12-23)
@@ -1,168 +1,159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="440227BA" w14:textId="77777777" w:rsidR="00764D8F" w:rsidRDefault="00764D8F" w:rsidP="00764D8F">
+    <w:p w14:paraId="6AD7ECCF" w14:textId="4779A123" w:rsidR="0027062D" w:rsidRDefault="0027062D" w:rsidP="0027062D">
       <w:r>
-        <w:t>Сведению учащихся, родителей и педагогов!</w:t>
+        <w:t xml:space="preserve">Оқушыларды, ата-аналарды және педагогтарды ақпараттандыру!* </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21BAD92C" w14:textId="77777777" w:rsidR="00764D8F" w:rsidRDefault="00764D8F" w:rsidP="00764D8F"/>
-    <w:p w14:paraId="182A3538" w14:textId="77777777" w:rsidR="00764D8F" w:rsidRDefault="00764D8F" w:rsidP="00764D8F">
+    <w:p w14:paraId="78A4A141" w14:textId="77777777" w:rsidR="0027062D" w:rsidRDefault="0027062D" w:rsidP="0027062D"/>
+    <w:p w14:paraId="5ECB35B8" w14:textId="77777777" w:rsidR="0027062D" w:rsidRDefault="0027062D" w:rsidP="0027062D">
       <w:r>
-        <w:t xml:space="preserve">В рамках пилотного проекта Департамента прокуратуры Павлодарской области «УЧИМСЯ БЕЗОПАСНОСТИ» в КГУ «Средняя общеобразовательная школа имени Мухтара Ауэзова города </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> УИС ОМПС, майором полиции</w:t>
+        <w:t>Павлодар облысы прокуратура департаментінің «Павлодар қаласының Мұхтар Әуезов атындағы жалпы орта білім беретін мектебі» КММ-де «Қауіпсіздікті уйренеміз» пилоттық жобасы аясында ОМПС ҚАЖ инспекторы, полиция майоры</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26485CB8" w14:textId="77777777" w:rsidR="00764D8F" w:rsidRDefault="00764D8F" w:rsidP="00764D8F">
+    <w:p w14:paraId="34D8BE78" w14:textId="77777777" w:rsidR="0027062D" w:rsidRDefault="0027062D" w:rsidP="0027062D">
       <w:r>
-        <w:t xml:space="preserve">НУРЛАНОМ КРОКПАЕВИЧЕМ БАЙДИКЕНОВЫМ будет осуществляться работа по профилактике безопасности и правонарушений среди обучающихся. </w:t>
+        <w:t xml:space="preserve">НУРЛАН КРОКПАЕВИЧ БАЙДИКЕНОВ білім алушылар арасында қауіпсіздік пен құқық бұзушылықтың алдын алу жөніндегі жұмысты жүзеге асыратын болады. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4119BB3C" w14:textId="77777777" w:rsidR="00764D8F" w:rsidRDefault="00764D8F" w:rsidP="00764D8F"/>
-    <w:p w14:paraId="1330D613" w14:textId="77777777" w:rsidR="00764D8F" w:rsidRDefault="00764D8F" w:rsidP="00764D8F">
+    <w:p w14:paraId="7A0FC746" w14:textId="77777777" w:rsidR="0027062D" w:rsidRDefault="0027062D" w:rsidP="0027062D"/>
+    <w:p w14:paraId="4A5CC5C9" w14:textId="77777777" w:rsidR="0027062D" w:rsidRDefault="0027062D" w:rsidP="0027062D">
       <w:r>
-        <w:t>За консультациями обращаться в кабинет №9. ‎</w:t>
+        <w:t>Кеңес алу үшін №9 кабинетке хабарласыңыз. ‎</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5391523F" w14:textId="77777777" w:rsidR="00764D8F" w:rsidRDefault="00764D8F" w:rsidP="00764D8F"/>
-    <w:p w14:paraId="06165E66" w14:textId="090D0F56" w:rsidR="001C553B" w:rsidRDefault="00764D8F" w:rsidP="00764D8F">
+    <w:p w14:paraId="405E0C7D" w14:textId="641C8583" w:rsidR="001C553B" w:rsidRDefault="0027062D" w:rsidP="0027062D">
       <w:r>
         <w:t>Телефон: +7 (775) 177-83-36</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001C553B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002F0964"/>
+    <w:rsidRoot w:val="001112E2"/>
+    <w:rsid w:val="001112E2"/>
     <w:rsid w:val="001C553B"/>
-    <w:rsid w:val="002F0964"/>
+    <w:rsid w:val="0027062D"/>
+    <w:rsid w:val="002B62C3"/>
     <w:rsid w:val="003270E4"/>
     <w:rsid w:val="00674FB4"/>
-    <w:rsid w:val="00764D8F"/>
-    <w:rsid w:val="00E73BF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="353AD618"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5DF1C37B-52F6-4B80-9FB3-8236CA9DB3F4}"/>
+  <w15:docId w15:val="{33985889-B5F2-4125-BB7C-BEA81BB34A45}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -864,54 +855,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>68</Words>
-  <Characters>394</Characters>
+  <Words>73</Words>
+  <Characters>417</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>461</CharactersWithSpaces>
+  <CharactersWithSpaces>489</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>solar</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>