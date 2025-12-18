--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1,5199 +1,4131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="501D757D" w14:textId="77777777" w:rsidR="0082739E" w:rsidRPr="00D604E9" w:rsidRDefault="0082739E" w:rsidP="0082739E">
+    <w:p w14:paraId="113D9DAB" w14:textId="360D5A5B" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="00776A4F">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE6B68">
+      <w:r w:rsidRPr="006B7435">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Қазақстан  Республикасындағы тілдер туралы» заңның жүзеге асырылуы</w:t>
+        <w:t>План работы с одаренными детьми</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1531155A" w14:textId="77777777" w:rsidR="0082739E" w:rsidRPr="00AE6B68" w:rsidRDefault="0082739E" w:rsidP="0082739E">
+    <w:p w14:paraId="03D66059" w14:textId="363EF885" w:rsidR="006B7435" w:rsidRPr="001265E9" w:rsidRDefault="006B7435" w:rsidP="006B7435">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AE6B68">
+      <w:r w:rsidRPr="006B7435">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>на 202</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00323624">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE6B68">
+      <w:r w:rsidRPr="006B7435">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00323624">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE6B68">
+      <w:r w:rsidRPr="006B7435">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653F4E6F" w14:textId="77777777" w:rsidR="0082739E" w:rsidRPr="009B67BF" w:rsidRDefault="0082739E" w:rsidP="0082739E">
+    <w:p w14:paraId="2A196684" w14:textId="2B7E9AE4" w:rsidR="00067C53" w:rsidRPr="001265E9" w:rsidRDefault="00067C53" w:rsidP="006B7435">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...115 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="523AE4C9" w14:textId="543FEEE7" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содействие выявлению уровня способностей учащихся в математической области, расширение возможностей развития индивидуальных способностей, улучшение условий социальной адаптации учеников, гармонизация отношений в системах «учитель </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2495" w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– одаренный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ученик», </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2495" w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«одаренный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ученик – ученик», «одаренный ученик – родитель».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3867E489" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B73CBB" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществление индивидуализации обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A18710" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- реализация личностно-ориентированных технологий в практику обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C71BF9" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- формирование системности в знаниях по разным предметам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4888EAE9" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- повышение качества обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A8C31D" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- развитие творческой самостоятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3051FA8A" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- развитие коммуникативных и рефлексивных умений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54055327" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- осуществление мероприятий по социальной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адаптации  одаренных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учеников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B53E2E5" w14:textId="7E2E2831" w:rsidR="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-помощь родителям в выстраивании индивидуальной траектории дальнейшего образовательного пути школьника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C346255" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11341" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="10165" w:type="dxa"/>
+        <w:tblInd w:w="-830" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2543"/>
+        <w:gridCol w:w="1529"/>
+        <w:gridCol w:w="3744"/>
+        <w:gridCol w:w="59"/>
+        <w:gridCol w:w="2151"/>
+        <w:gridCol w:w="2682"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0082739E" w:rsidRPr="00AE6B68" w14:paraId="6ED94DE6" w14:textId="77777777" w:rsidTr="00730A25">
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="21539C92" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50AD0329" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="185F2326" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14D427D3" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0873EA" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="343A6A71" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FAA483C" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62A1EC4D" w14:textId="6CDC0B2D" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Изучение нормативных </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">документов </w:t>
+            </w:r>
+            <w:r w:rsidR="00067C53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>положение</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о работе с одарёнными обучающимися. Проведение тестирования педагогами –психологами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78F34340" w14:textId="25B77CD5" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработка плана работы с одаренными детьми на 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00323624">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00323624">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебный год, составление базы одаренных </w:t>
+            </w:r>
+            <w:r w:rsidR="00323624" w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>детей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2767E311" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-математики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="577EBD8B" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="5FD29CC3" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40124EF0" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="196B1785" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выбор форм работы с учащимися, в том числе и дополнительного образования, на текущий учебный год с учетом диагностики и возрастных особенностей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7203FC" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0FBD00" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="114E3F33" w14:textId="77777777" w:rsidTr="00A365F0">
         <w:trPr>
-          <w:trHeight w:val="456"/>
+          <w:trHeight w:val="1184"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD4D71B" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="594D00B9" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование групп учащихся для дополнительных занятий. Организация консультаций, дополнительных занятий для </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мотивированных учащихся силами учителей МО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2191D8" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74E50719" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="16F6F81B" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:trPr>
+          <w:trHeight w:val="196"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01DB3769" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51E96D3E" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация консультаций, дополнительных занятий для мотивированных учащихся силами учителей МО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0310C2EA" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="351237E4" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="18956B62" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B98D8DC" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51C43A7A" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение школьного тура предметных олимпиад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="700429E4" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководитель МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC80C48" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-математики МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="178C1B1F" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74F93C91" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="6A6FF56C" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="374546E0" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77BCC2A8" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мастер-класс (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>из опыта работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-              <w:ind w:left="-540" w:firstLine="540"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по теме: «Повышение эффективности подготовки учащихся</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F84AB95" w14:textId="31548485" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r w:rsidR="00323624" w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадам»</w:t>
+            </w:r>
+            <w:r w:rsidR="00323624">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00323624" w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB7330B" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="722E0482" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="6C2B25B9" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6427165C" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A91B75D" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание банка нестандартных заданий по предметам общественного цикла.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="533452DC" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="195BA73A" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="10311F05" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E531940" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64FC8D94" w14:textId="117B6B29" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовка к </w:t>
+            </w:r>
+            <w:r w:rsidR="001265E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">этапам </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  олимпиады школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47D06518" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-математики</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20C32D00" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AA22653" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39A52960" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="61F18313" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="477FBFCF" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AEE3C7F" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Взаимопосещение уроков учителей-предметников</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="709394DF" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с целью выявления и реализации приемов разноуровневого обучения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68C32CD0" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-математики</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="229B26DE" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="352EDD6E" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="05F5611F" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="093E6000" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3803" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38F58949" w14:textId="46CACD19" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Взаимопосещение уроков учителей-математиков</w:t>
+            </w:r>
+            <w:r w:rsidR="001265E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с целью выявления и реализации приемов разноуровневого обучения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA09295" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31242889" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5333D168" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="5C912697" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="319B89AD" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3803" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36FD7A28" w14:textId="0B171D00" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в</w:t>
+            </w:r>
+            <w:r w:rsidR="001265E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурс</w:t>
+            </w:r>
+            <w:r w:rsidR="001265E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35440EDF" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EFB5FA6" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="05169ACB" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:trPr>
+          <w:trHeight w:val="1896"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47824D0A" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3803" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD25ED5" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Осуществление срезов объема домашних заданий (выборочно), использование заданий пролонгированного характера для мотивированных учащихся. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8D084A" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководитель МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0683E2EA" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA4F14B" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC98C42" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="76801D25" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3D16EA" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3803" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75A4FF8C" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Продолжить внедрение проблемно-исследовательских, проектных методов обучения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55EC9751" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7075E932" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="1E0419BD" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BEB098E" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3803" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72DA62D3" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0E3B7A" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-математики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="200C96DB" w14:textId="453C4090" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Викторины, </w:t>
+            </w:r>
+            <w:r w:rsidR="001265E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">предметные недели </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="237490FE" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5C3AC2" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3803" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5346E8CF" w14:textId="4EFDF638" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение предметн</w:t>
+            </w:r>
+            <w:r w:rsidR="00C55A4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ых недель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="625E4036" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54D250DA" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082739E" w:rsidRPr="00AE6B68" w14:paraId="407EF9E7" w14:textId="77777777" w:rsidTr="00730A25">
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="7E995DC8" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49EB12ED" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3803" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A41DFD8" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пополнение банка педагогической информации по работе с одаренными детьми</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C3541D4" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122B2C1F" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D486D64" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="233171ED" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CAFB44C" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3803" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA49E26" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Поощрение одаренных учащихся по итогам учебного года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55541023" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор школы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14FC03FB" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="56D0D6A5" w14:textId="77777777" w:rsidTr="00A365F0">
         <w:trPr>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="1410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEC5E59" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3803" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18EC6097" w14:textId="3613AFF3" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заседание МО. Анализ и корректировка результативности и выполнения </w:t>
+            </w:r>
+            <w:r w:rsidR="00323624" w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>плана работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с одаренными детьми.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4235AE" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководитель Мо математиков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A123038" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B7435" w:rsidRPr="006B7435" w14:paraId="071EDC00" w14:textId="77777777" w:rsidTr="00A365F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24C74CE9" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...2338 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Октябрь-апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3803" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDE5FBD" w14:textId="64E928E3" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Активизация работы с родителями с целью сотрудничества и информирования их о</w:t>
+            </w:r>
+            <w:r w:rsidR="00A365F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...2220 lines deleted...]
-              <w:t>Қазақ тілінің қолдану аясының кеңеюін бақылау</w:t>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>достижениях детей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A0B8803" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Учителя-математики, классные руководители.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="116" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="116" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="376DB754" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B7435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="017F26C2" w14:textId="77777777" w:rsidR="0082739E" w:rsidRPr="0024217F" w:rsidRDefault="0082739E" w:rsidP="0082739E">
+    <w:p w14:paraId="45EA8E3E" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="05FE8977" w14:textId="77777777" w:rsidR="0082739E" w:rsidRPr="0024217F" w:rsidRDefault="0082739E" w:rsidP="0082739E">
+    <w:p w14:paraId="525FBABC" w14:textId="77777777" w:rsidR="006B7435" w:rsidRPr="006B7435" w:rsidRDefault="006B7435" w:rsidP="006B7435">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006B7435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="27368246" w14:textId="77777777" w:rsidR="007A38B5" w:rsidRPr="0082739E" w:rsidRDefault="007A38B5">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="007A38B5" w:rsidRPr="0082739E">
+    <w:p w14:paraId="38D574CF" w14:textId="77777777" w:rsidR="007029B7" w:rsidRDefault="007029B7"/>
+    <w:sectPr w:rsidR="007029B7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002F6DF0"/>
-[...7 lines deleted...]
-    <w:rsid w:val="0082739E"/>
+    <w:rsidRoot w:val="00EE3F17"/>
+    <w:rsid w:val="00067C53"/>
+    <w:rsid w:val="001265E9"/>
+    <w:rsid w:val="0022652C"/>
+    <w:rsid w:val="00323624"/>
+    <w:rsid w:val="006B7435"/>
+    <w:rsid w:val="007029B7"/>
+    <w:rsid w:val="00720AED"/>
+    <w:rsid w:val="00776A4F"/>
+    <w:rsid w:val="00964D24"/>
+    <w:rsid w:val="00A365F0"/>
+    <w:rsid w:val="00C22EEC"/>
+    <w:rsid w:val="00C55A4C"/>
+    <w:rsid w:val="00DC47E5"/>
+    <w:rsid w:val="00EE3F17"/>
+    <w:rsid w:val="00FF2495"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="010BEEF9"/>
+  <w14:docId w14:val="7E242F93"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{413B1DE3-3C0E-4DE5-ADB3-F3886E79F649}"/>
+  <w15:docId w15:val="{C6D4E350-56AA-4ECA-9D1C-C4C68FB3CC13}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5225,51 +4157,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5539,123 +4471,277 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0082739E"/>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c25">
+    <w:name w:val="c25"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0082739E"/>
+    <w:rsid w:val="006B7435"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Основной текст Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c30">
+    <w:name w:val="c30"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
-    <w:rsid w:val="0082739E"/>
+    <w:rsid w:val="006B7435"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c23">
+    <w:name w:val="c23"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="006B7435"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c52">
+    <w:name w:val="c52"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006B7435"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:kern w:val="0"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
-      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c12">
+    <w:name w:val="c12"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="006B7435"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c7">
+    <w:name w:val="c7"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006B7435"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c1">
+    <w:name w:val="c1"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006B7435"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c2">
+    <w:name w:val="c2"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="006B7435"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c9">
+    <w:name w:val="c9"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006B7435"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c43">
+    <w:name w:val="c43"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006B7435"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c40">
+    <w:name w:val="c40"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006B7435"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c46">
+    <w:name w:val="c46"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006B7435"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c32">
+    <w:name w:val="c32"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006B7435"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c34">
+    <w:name w:val="c34"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006B7435"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c45">
+    <w:name w:val="c45"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="006B7435"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c19">
+    <w:name w:val="c19"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006B7435"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="2117089924">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -5922,69 +5008,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>960</Words>
-  <Characters>5472</Characters>
+  <Words>460</Words>
+  <Characters>2628</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6420</CharactersWithSpaces>
+  <CharactersWithSpaces>3082</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>