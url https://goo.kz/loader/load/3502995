--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -1,1700 +1,1849 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="07A90403" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
-[...8 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="2079164D" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00FA5A97">
-[...100 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Оқулықтарды ұстау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60595C1E" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Құрметті  оқушы!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
-        <w:t>Учебник - твой друг и помощник.</w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>Оқулық – санің досың және көмекшің.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
-        <w:t>В него вложен труд многих людей.</w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>Онда көп адамдардың еңбегі бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
-        <w:t>Помни, им будут пользоваться</w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>Оны өзіңнен  кейін кіші достарың да пайдаланатыны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2FC410" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>есіңде болсын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
-        <w:t>твои младшие товарищи.</w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="6BE75C7C" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+        <w:t>Оны ұқыпты ұста!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4681797F" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Сен сынып жетекшіңнен оқулықтарды бүкіл оқу жылына алдың.  Оқулықтарды пайдалану тәртібін сақтауыңды өтінемін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701ED540" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="25D400F4" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+        <w:t>Оқулықтарға аты-жөніңді, оқу жылын жаз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E7E977" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="51354683" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Оқулықты тыста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F465C2" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Оған бетбелгі  салып қой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF069B1" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D206AEF" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
-[...26 lines deleted...]
-    <w:p w14:paraId="7FB306AC" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="34137735" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапты сенен кейін басқа адамдардың пайдаланатынын есте сақтау қажет және  кітаптың бетін уқалап, шимайлап, жазулар жазудың қажеті жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D0EB44" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="1213E900" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Оқулықтың бетіне қаламмен беттерін белгілеп  жазба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EDE86B1" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Оқулықтың беттерін жыртпа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E1F8DD" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8FF3FE" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
-[...432 lines deleted...]
-      <w:r w:rsidRPr="00FA5A97">
+    <w:p w14:paraId="3D14F17B" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Оқулықты тапсырған кезде барлық жазылған жазуларды өшіріп, қажет болса жыртылған жерлерін желімде. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6780C230" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапты берілген уақыттан көп ұстауға болмайды.  Кітаптың саған ғана емес, кітапханаға келетін басқа балаларға да керек екенін ұмытпау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A6A8B8" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> Егер оқулық жоғалған  немесе бүлінген болса, онда оны жаңа оқулықпен ауыстыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A3694C" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Өзіңді кітапханада қалай ұстау керектігі туралы алты ереже: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750B42E7" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="439CEFFE" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
-[...107 lines deleted...]
-    <w:p w14:paraId="2ACCEC2C" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="4C127DE5" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Амандасу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C74A7CF" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="128D267C" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Өзіңді дұрыс ұстауың керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2256A670" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0A15FF" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="713BE270" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="39FAC542" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Сыпайы болып, шуламау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216AD508" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="646E44D9" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="1A7B4E94" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="75542ACC" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітаптың атын, авторын анық, нақты және қысқаша айту керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07823FDD" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38FAB884" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="2AD8A853" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="058562B8" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапты алған соң «Рахмет» деп айту қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BE43FB" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6928DA40" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="2242C722" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="5F49A5EF" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапты белгіленген уақытта тапсыру керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DE19BF" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276FB61D" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
-[...26 lines deleted...]
-    <w:p w14:paraId="03AA4CC8" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="418EAFA5" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапты  таза ұстаудың бірнеше ережесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F51F24" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="37504AC1" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапты таза қолмен ұста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB86584" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E50AD80" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="1C1B770F" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="181CC3BF" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапты майыстырма– себебі  беттері жұлынып қалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B348E6" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="228E2B5D" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="4D008036" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="4322525F" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітаптың ішіне қарындаш пен басқа да заттарды салма. Одан тігісі жыртылып кетеді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27437D99" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16BEDA36" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
-[...27 lines deleted...]
-    <w:p w14:paraId="32C5F8F9" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="63361239" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="6FED3A80" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітаптың беттерін бүкпей, бетбелгіні  пайдалан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C660507" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEA3CBA" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+    <w:p w14:paraId="60DB9BBB" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
-[...12 lines deleted...]
-    <w:p w14:paraId="0728B212" w14:textId="77777777" w:rsidR="00FA5A97" w:rsidRPr="00FA5A97" w:rsidRDefault="00FA5A97" w:rsidP="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Тамақ ішіп отырып кітап оқыма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F24BFE" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A97">
+      <w:r w:rsidRPr="007E79A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5302B51D" w14:textId="77777777" w:rsidR="00B456B3" w:rsidRPr="00FA5A97" w:rsidRDefault="00B456B3"/>
-    <w:sectPr w:rsidR="00B456B3" w:rsidRPr="00FA5A97" w:rsidSect="005435D6">
+    <w:p w14:paraId="615A412A" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітап пен оқулық көпке дейін сақталуы үшін тыстап қой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E82C5B1" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E7048C" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапты ұстау тәртібі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA64242" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>1. Кітапты суламау керек – одан беттері бүлініп, тігісі бұзылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4897D3" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2. Кітапханаға бара жатсаң – оны жауын мен қардан қорғайтын  пакетке сал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF535D2" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>3. Кітапты тамақ ішіп отырып оқыма. Егер кітапты тарелканың жанына қойсаң, беттерінде  тазаланбайтын  майлы дақтар пайда болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1E8DA9" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>4. Кітапты оқып бастамас бұрын, оны қағазға орап немесе тыстап алу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2D5419" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5. Кітапты  ашық тастама, беттерін бүкпе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15003CC5" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6. Егер кітапты оқып болған соң бірдеңе жазғың келсе, альбомға немесе арнайы дәптерге жаз.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45280471" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>7. Кітапты лақтырып тастама– беттері жыртылып қалуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3F49B4" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>8. Кітапты мұқият ұстау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FB5263" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05946B32" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Оқырманның міндеті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E11EBA" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапхананы пайдалану ережелерін сақтау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Кітапхана қорынан алған басылымдарды ұқыпты  ұстау (беттеріне жазбау, шимайламау, жыртпау, бүкпеу);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C649CF0" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Оларды белгіленген уақытта тапсыру, кітапханадан шығармау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE57515" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапты алған соң оны мұқият қарап шығып, егер бүлінген жері болса, тиісті жазбалар жасайтын кітапханашыға хабарлау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC994EC" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Әдебиетті ашық қол жетімді фонда орналастыру тәртібін бұзбау .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036309F7" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кітапханада тыныштық пен тәртіпті сақтау, кітапханаға үлкен сөмкелер кіргізбеу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0981EF3F" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Мектептен шығып кеткен кезде кітапханаға өзінің атына жазылған басылымдар мен басқа да құжаттарды қайтару. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C4054C" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Мектептен кеткен оқушыларға жеке  істері кітапханадан алынған әдебиеті қайтарылған соң ғана беріледі , мектеп қызметкерлеріне қол жинау парағына қол қойылған соң ғана беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="730C2466" w14:textId="77777777" w:rsidR="007E79A1" w:rsidRPr="007E79A1" w:rsidRDefault="007E79A1" w:rsidP="007E79A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E79A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Басылымдар  мен басқа да құжаттар бүлінген немесе жоғалған жағдайда  дәл сондай  басылымдар  көшірмелерімен  немесе кітапхана толыққанды деп ес</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C60EED" w14:textId="77777777" w:rsidR="00B456B3" w:rsidRDefault="00B456B3"/>
+    <w:sectPr w:rsidR="00B456B3" w:rsidSect="005435D6">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1717,53 +1866,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04D45A78"/>
+    <w:nsid w:val="067559E2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0E6EF942"/>
+    <w:tmpl w:val="D9AADDE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1866,53 +2015,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BFB47CF"/>
+    <w:nsid w:val="0EEC24B8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3F50318A"/>
+    <w:tmpl w:val="C5EEDDD2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2015,53 +2164,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="20006295"/>
+    <w:nsid w:val="13EE4402"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8EE0CFB6"/>
+    <w:tmpl w:val="6AD4D150"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2164,53 +2313,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="21A86060"/>
+    <w:nsid w:val="21E20DCD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="391C6B32"/>
+    <w:tmpl w:val="6BDE85CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2313,53 +2462,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="25AB576B"/>
+    <w:nsid w:val="24AF7FC2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BB7C0F14"/>
+    <w:tmpl w:val="0F14BEE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2462,53 +2611,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="33C126F4"/>
+    <w:nsid w:val="2FD946E1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="325E9EE2"/>
+    <w:tmpl w:val="DA4E8B44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2611,53 +2760,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="44DB46C3"/>
+    <w:nsid w:val="427006BE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F3A2148A"/>
+    <w:tmpl w:val="897004B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2760,53 +2909,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4E4208C7"/>
+    <w:nsid w:val="46DC26F8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B72C9392"/>
+    <w:tmpl w:val="88161C72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2909,53 +3058,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6408596B"/>
+    <w:nsid w:val="47955BED"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="425E7F64"/>
+    <w:tmpl w:val="A884417C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3058,53 +3207,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6B67227C"/>
+    <w:nsid w:val="487F68AB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="36084830"/>
+    <w:tmpl w:val="7CD0D614"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3207,53 +3356,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6C670A18"/>
+    <w:nsid w:val="4E281F1F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CE7CEF80"/>
+    <w:tmpl w:val="34DE9EC6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3356,53 +3505,351 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7A1C6687"/>
+    <w:nsid w:val="4E9A364C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3B9C3B54"/>
+    <w:tmpl w:val="87869E06"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60480370"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="078A9F30"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6777176F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="58841BC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3505,139 +3952,145 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6">
-[...14 lines deleted...]
-  <w:num w:numId="11">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EA3522"/>
+    <w:rsidRoot w:val="003743B4"/>
+    <w:rsid w:val="003743B4"/>
     <w:rsid w:val="005435D6"/>
+    <w:rsid w:val="005F457F"/>
+    <w:rsid w:val="007E79A1"/>
     <w:rsid w:val="00824648"/>
-    <w:rsid w:val="00B3624A"/>
     <w:rsid w:val="00B456B3"/>
-    <w:rsid w:val="00C233F0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FA5A97"/>
+    <w:rsid w:val="00E83605"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E4EF29E5-EEDC-45D3-8372-E7398F68DF2A}"/>
+  <w15:docId w15:val="{6CCA0B70-1EF3-4E35-8A61-520ECE735EC1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4026,64 +4479,64 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="39981173">
+    <w:div w:id="1728147757">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="928083947">
+        <w:div w:id="1357921644">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="360"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="dotted" w:sz="6" w:space="4" w:color="000000"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4364,54 +4817,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>332</Words>
-  <Characters>1893</Characters>
+  <Words>458</Words>
+  <Characters>2612</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2221</CharactersWithSpaces>
+  <CharactersWithSpaces>3064</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>