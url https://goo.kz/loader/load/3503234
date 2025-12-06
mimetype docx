--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,13057 +1,9935 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="007D4B5A" w:rsidRPr="00C01D81" w:rsidRDefault="007D4B5A" w:rsidP="007D4B5A">
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-81" w:tblpY="354"/>
         <w:tblW w:w="9928" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="double" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4891"/>
         <w:gridCol w:w="166"/>
         <w:gridCol w:w="4871"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C01D81" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidTr="00F6007C">
         <w:trPr>
           <w:trHeight w:val="1255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4891" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C01D81" w:rsidRDefault="00C01D81" w:rsidP="00C01D81">
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
             <w:pPr>
               <w:ind w:left="-360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F61426">
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ПАВЛОДАР ОБЛЫСЫНЫҢ БІЛІМ БЕРУ БАСҚАРМАСЫ, ПАВЛОДАР ҚАЛАСЫ БІЛІМ БЕРУ БӨЛІМІНІҢ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C01D81" w:rsidRDefault="00C01D81" w:rsidP="00C01D81">
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
             <w:pPr>
               <w:ind w:left="-360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F61426">
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> «ПАВЛОДАР ҚАЛАСЫНЫҢ № 39 ИННОВАЦИЯЛЫҚ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C01D81" w:rsidRDefault="00C01D81" w:rsidP="00C01D81">
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
             <w:pPr>
               <w:ind w:left="-360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F61426">
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ҮЛГІДЕГІ ГИМНАЗИЯ СЫНЫПТАРЫ</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> ҮЛГІДЕГІ ГИМНАЗИЯ СЫНЫПТАРЫ БАР ЖАЛПЫ ОРТА</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:ind w:left="-360"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F61426">
+            </w:pPr>
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>БАР ЖАЛПЫ ОРТА</w:t>
-[...4 lines deleted...]
-              <w:ind w:left="-360"/>
+              <w:t xml:space="preserve"> БІЛІМ БЕРУ МЕКТЕБІ»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:ind w:left="-540" w:right="-28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F61426">
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> БІЛІМ БЕРУ МЕКТЕБІ»</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>КОММУНАЛДЫҚ МЕМЛЕКЕТТІК МЕКЕМЕСІ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C01D81" w:rsidRPr="00705EEB" w:rsidRDefault="00C01D81" w:rsidP="00C01D81">
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
             <w:pPr>
               <w:ind w:left="-540" w:right="-28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C01D81" w:rsidRPr="00705EEB" w:rsidRDefault="00C01D81" w:rsidP="00C01D81">
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
             <w:pPr>
               <w:ind w:left="-540"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C01D81" w:rsidRPr="00F61426" w:rsidRDefault="00C01D81" w:rsidP="00C01D81">
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-MD"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F61426">
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-MD"/>
               </w:rPr>
               <w:t>КОММУНАЛЬНОЕ ГОСУДАРСТВЕННОЕ УЧРЕЖДЕНИЕ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C01D81" w:rsidRPr="00F61426" w:rsidRDefault="00C01D81" w:rsidP="00C01D81">
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-MD"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F61426">
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-MD"/>
               </w:rPr>
               <w:t xml:space="preserve">«СРЕДНЯЯ ОБЩЕОБРАЗОВАТЕЛЬНАЯ ШКОЛА № 39 ИННОВАЦИОННОГО </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F61426">
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-MD"/>
               </w:rPr>
               <w:t>ТИПА  С</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F61426">
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-MD"/>
               </w:rPr>
               <w:t xml:space="preserve"> ГИМНАЗИЧЕСКИМИ КЛАССАМИ ГОРОДА ПАВЛОДАРА» </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C01D81" w:rsidRDefault="00C01D81" w:rsidP="00C01D81">
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-MD"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F61426">
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-MD"/>
               </w:rPr>
               <w:t>ОТДЕЛА ОБРАЗОВАНИЯ ГОРОДА ПАВЛОДАРА, УПРАВЛЕНИЯ ОБРАЗОВАНИЯ ПАВЛОДАРСКОЙ ОБЛАСТИ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008737D2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-MD"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007D4B5A" w:rsidRPr="00C01D81" w:rsidRDefault="007D4B5A" w:rsidP="007D4B5A">
-[...76 lines deleted...]
-    <w:p w:rsidR="007D4B5A" w:rsidRPr="00C01D81" w:rsidRDefault="007D4B5A" w:rsidP="007D4B5A">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D4B5A" w:rsidRPr="00C01D81" w:rsidRDefault="007D4B5A" w:rsidP="007D4B5A">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008737D2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          БҰЙРЫҚ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008737D2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №1-03/432 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008737D2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             03.09.2024 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="008737D2" w:rsidRDefault="007D4B5A" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C01D81">
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...18 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> создании и обновлении состава Центра</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00391930" w:rsidRPr="00C01D81">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="00D974E3" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D974E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Балаларды тәрбиелеу мен дамытуда ата-аналарды педагогикалық қолдау орталығын құру және жаңарту туралы»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C01D81">
+      <w:r w:rsidRPr="008737D2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>На основании приказа отдела образования №1-03/973 от 17.10.2023 года «О создании Центра педагогической поддержки родителей в школах города Павлодара»</w:t>
+        <w:t>«Павлодар қаласының мектептерінде ата-аналарды педагогикалық қолдау орталығын құру туралы» білім бөлімінің 2023 жылғы 17 қазандағы No 1-03/973 бұйрығы негізінде</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C01D81">
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="008737D2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="008737D2" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1. Организовать в 202</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="008737D2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. 2024-2025 оқу жылында «Ата-аналарды педагогикалық қолдау орталығының» қызметін ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008737D2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Функционалдық мiндеттердi бөле отырып, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналарға педагогикалық қолдау көрсету орталығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...139 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C01D81">
-[...688 lines deleted...]
-      <w:r w:rsidRPr="00C01D81">
+      <w:r w:rsidRPr="008737D2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>руководителя</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> А.Б.;</w:t>
+        <w:t>жұмыс iстеу қағидалары бекiтiлсiн:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C01D81">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C01D81">
+      <w:r w:rsidRPr="001B6BA6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>руководителя</w:t>
+        <w:t>- басшының тәрбие ісі жөніндегі орынбасары Темиргалинова А.Б. , ата-аналарға педагогикалық қолдау көрсету орталығы қызметін ұйымдастыруды және оның қызметін реттейтін ішкі құжаттарды дайындауды жүзеге асыру; педагогтарды білім беру және оқыту орталығында сабақ өткізуге дайындау; мұғалімдерге білім беру курстарын тағайындау;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C01D81">
+      <w:r w:rsidRPr="001B6BA6">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по воспитательной работе </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00C01D81">
+      <w:r w:rsidRPr="001B6BA6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>-</w:t>
+        <w:t>педагогтардың, ата-аналардың және балалардың мониторингке қатысуын, Білім беруді дамыту орталығының қызметін бұқаралық ақпарат құралдарында және әлеуметтік желілерде насихаттауды қамтамасыз етеді, Білім беруді дамыту орталығының қызметі туралы талдамалық ақпарат дайындайды;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C01D81">
+      <w:r w:rsidRPr="001B6BA6">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> психолог </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> М.Н;</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C01D81">
+      <w:r w:rsidRPr="001B6BA6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>-</w:t>
+        <w:t>- Басшының әкімшілік-шаруашылық жұмыс жөніндегі орынбасары Шарипова Қ.О. мектептің жауапты мұғалімдеріне кабинеттерді бөлу, оларды ата-аналармен сабақ өткізуге арналған құрал-жабдықтармен жабдықтау, білім беру және оқыту орталығының қызметі кезінде мектеп оқушыларының санитарлық-гигиеналық жағдайы мен қауіпсіздігін қамтамасыз ету және сабақ кезінде бөгде адамдар</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C01D81">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C01D81">
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>педагог –психолог Тілеубек Э.Б;</w:t>
+        <w:t>дың мектепке кіруіне жол бермеу</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00C01D81">
+      <w:r w:rsidRPr="001B6BA6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Видиней О.И</w:t>
-[...7 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C01D81">
+      <w:r w:rsidRPr="001B6BA6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- классные руководители 1-11 классов в следующем составе:</w:t>
+        <w:t>- мектеп кітапханашысы</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Калиева</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қ.А мұғалімдер мен сынып жетекшілеріне ата-аналармен сабақ өткізу үшін әдебиеттерді таңдауда қолдау көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="00C01D81" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- сынып жетекшілері ата-аналардың орталығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а қатысуын және ақпараттандырылуын қамтамасыз етеді, ата-аналарға орталығы мақсаттары мен міндеттері туралы түсіндіру жұмыстарын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Мектепте ата-аналарды педагогикалық қолдау орталығын келесі құрамда құру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- басшының тәрбие ісі жөніндегі орынбасары Темиргалинова А.Б.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- басшының тәрбие ісі жөніндегі орынбасары Жанғазина Ш.Қ.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- педагогикалық психолог Постоялко М.Н.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- педагог-психолог Тілеубек Е.Б.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- әлеуметтік педагог Видиней О.И.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="00C01D81" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- 1-11 сыныптардың сынып жетекшілері келесі құрамда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="00C01D81" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C01D81" w:rsidRPr="00C01D81" w:rsidRDefault="00C01D81" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10350" w:type="dxa"/>
         <w:tblInd w:w="53" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="3063"/>
         <w:gridCol w:w="1473"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00B045B2">
-[...27 lines deleted...]
-              <w:t>п/п</w:t>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00B045B2">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ф.И.О. классного руководителя</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00B045B2">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00B045B2">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00B045B2">
-[...27 lines deleted...]
-              <w:t>п/п</w:t>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00B045B2">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ф.И.О. классного руководителя</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00B045B2">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00B045B2">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...1 lines deleted...]
-              <w:spacing w:line="252" w:lineRule="auto"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
+            <w:r w:rsidRPr="001B6BA6">
               <w:rPr>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Жакенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
+            <w:r w:rsidRPr="001B6BA6">
               <w:rPr>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Исаканова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Р.М</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ланг Т</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сейтказина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6в</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Болехивская</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Л. Д.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Базарбай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Канапина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Б. А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сабирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6д</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Колесникова Г. Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Дьяченко А.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6е</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Кузнецова Г.Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Бакирова Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Камкен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.О</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ибраева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Д.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6з</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Кисанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1з</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Якубова В.Х.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6и</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Байменова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.Г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Калымов М-Р.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6к</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Лободрига</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> П.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Никитина А.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6л</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ендураева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е.Ю.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Соваровская</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Т.Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6м</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Слива О. Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ефимова А.И.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6н</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Трушакова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Веснина А.О</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6о</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Быкова В.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Мукушова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Б.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7а</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Жуманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А. К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дамир Муратович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Шевцова К.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2з</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Жангазин</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7в</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Асаинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Орумбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.Б.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сыздыкова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Бралинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7д</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Каракесекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ю.А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Абельдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.С</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7е</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Нурекенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Кайролла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Чучко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> О. А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Романова И.А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7з</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Майлакова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е. А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Отыншына</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.А</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7и</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Захарова И.А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Айтмухамбетова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Р.К. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8а</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ермаганбетова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Р. Г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Асаинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.И</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Раббе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3з</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жумабаева А.К</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8в</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Рахматуллина А.И</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3и</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Лаврентий Е.В </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Хаймульдина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Ш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3к</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Жукова Т.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8д</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Игошина А.Т</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3л</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Бекенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8е</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Рахбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Есенгалиев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> М.Е</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Слива О.Н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Енсебаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ф.М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8з</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Павлинина А. М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Пестова В.Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8и</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:trPr>
           <w:trHeight w:val="370"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Кичигина Е. В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Акпарова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ж. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9а</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ажибаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Л. Ю.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Оразалинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Майлакова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Хомутова С.В</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00C01D81">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9в</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ендураева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е.Ю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Увалиев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.А</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Омельницкая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> М.А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4з</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Калымова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.К  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9д</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Кузнецова Г.Н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4и</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Тулепбергенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9е</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Журавлева Е.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4к</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Инербаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ларгизова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4л</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Рахимбердинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> К.А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9з</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ермаганбетова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Р. Г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Магзумова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Э.М.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10а</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...1 lines deleted...]
-              <w:spacing w:line="252" w:lineRule="auto"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
               <w:rPr>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C01D81">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
               <w:rPr>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Асқар Бекдаулетұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Умарова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Л.О</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Тыныс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.Т.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Дементьева Л.Ю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10в</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Егинбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Гурина А.М</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Тулькубекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> М.Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Тюменцева Е.Л</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10д</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Матвеева М.В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Нурханова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.Е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11а</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Солтан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Темирбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.К</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Вотчинникова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Т.Ю.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Каббасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> К.Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11в</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Мирманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Б.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  5з</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Крюковская Н.Ю</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidTr="00C01D81">
+      <w:tr w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidTr="00F6007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Минап</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C01D81">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6BA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E1633C" w:rsidRPr="00C01D81" w:rsidRDefault="00E1633C" w:rsidP="00E1633C">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00F6007C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
-        <w:ind w:firstLine="706"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C01D81" w:rsidRDefault="00C01D81" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
-        <w:ind w:firstLine="706"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C01D81" w:rsidRDefault="00C01D81" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
-        <w:ind w:firstLine="706"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...1209 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00C01D81">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Қоса беріліп отырған 2024-2025 оқу жылына арналған ата-аналарға педагогикалық қолдау көрсету орталығы курстарының бағдарламасы бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6BA6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Басшының оқу ісі жөніндегі орынбасарлары В.Г.Пестова, М.С.Шоманова, Д.Н Мектептің ішкі бақылау жоспарына ата-аналарға білім беруді қолдау шараларының мониторингін енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF396F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6. Басшының тәрбие ісі жөніндегі орынбасары Темиргалинова А.Б. Тәрбиелік-әлеуметтік даму орталығының қызметі аясында «Даналық мектебінің» жұмысын ұйымдастырып, үйірмелер жұмысына жауапты келесі мұғалімдерді тағайындасын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="00DF396F" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF396F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- «Даналық мектебі» клубы Сыздықова Ж.Е., бастауыш сынып мұғалімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- «Ата Өсиеті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF396F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» клубы Асқар Бекдәулетұл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы, тарих пәнінің мұғалімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="00DF396F" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF396F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - «Әже даналығы» клубы Айтмұхамбетова Р.Қ., сурет пәнінің мұғалімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="00DF396F" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF396F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жеңге кеңесі» клубы Асайнова А.О, бастауыш сынып мұғалімі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF396F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- «Аға қамқорлығы» клубы Байменова А.Г., бастауыш сынып мұғалімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF396F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Басшының тәрбие ісі жөніндегі орынбасары Темиргалинова А.Б., Жанғазина Ш.Қ. БАҚ-та, әлеуметтік желілерде, мектеп веб-сайттарында CPPR қызметін ілгерілету, бірлескен табысты тәжірибені насихаттау, мектеп әкімшілігін, мектептің Қамқоршылық кеңесін, әлеуметтік серіктестерді, демеушілерді ата-аналарға педагогикалық қолдау көрсету орталығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF396F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-шараларына белсенді қатысу үшін тарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="00D974E3" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D974E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ісінің меңгерушісінің орынбасары Темиргалинова А.Б., Жанғазина Ш.Қ. оқу жылының аяғында тәжірибе алмасу және жұмыс тиімділігін арттыру мақсатында қорытынды іс-шарамен (ата-аналар форумы, ата-аналар конференциясы, ата-аналар оқулары және т.б., облыстық және республикалық ата-аналар форумдарына қатысу) ата-аналарға педагогикалық қолдау көрсету орталығына қызметінің аяқталуын қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D974E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. Осы бұйрықтың орындалуын бақылауды өзіме қалдырамын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00640D0C" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial"/>
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="00D974E3" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D974E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
+    <w:p w:rsidR="00A14D7C" w:rsidRPr="001B6BA6" w:rsidRDefault="00A14D7C" w:rsidP="00A14D7C">
       <w:pPr>
-        <w:ind w:firstLine="706"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D974E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 39 ЖОББМ  басшысы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D974E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ахмадова З.Д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A5825" w:rsidRPr="00A14D7C" w:rsidRDefault="007A5825">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00391930" w:rsidRPr="00C01D81" w:rsidRDefault="00391930" w:rsidP="00391930">
-[...314 lines deleted...]
-    <w:sectPr w:rsidR="00B045B2" w:rsidRPr="00C01D81" w:rsidSect="008737D2">
+    <w:sectPr w:rsidR="007A5825" w:rsidRPr="00A14D7C" w:rsidSect="008737D2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="850" w:bottom="284" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Andale Sans UI">
-[...11 lines deleted...]
-  </w:font>
   <w:font w:name="KZ Times New Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007D4B5A"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00F6176F"/>
+    <w:rsidRoot w:val="00A14D7C"/>
+    <w:rsid w:val="007A5825"/>
+    <w:rsid w:val="00A14D7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="404D2E54"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{587193C9-295F-4118-83C4-89365C7D2F56}"/>
+  <w15:docId w15:val="{F0B02A1A-22CE-4BA5-8400-A28CE4ED48F5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13404,216 +10282,93 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001B6BA6"/>
+    <w:rsid w:val="00A14D7C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...68 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...52 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -13845,70 +10600,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>967</Words>
-  <Characters>5515</Characters>
+  <Words>1001</Words>
+  <Characters>5712</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>diakov.net</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6470</CharactersWithSpaces>
+  <CharactersWithSpaces>6700</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Учитель</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>